--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -1,336 +1,312 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5E09E32D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="006202DA">
+    <w:p w14:paraId="3A038638" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="004E4FCD" w:rsidP="006202DA">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="26F6285E" w14:textId="77777777" w:rsidR="00162E5E" w:rsidRPr="00D61B20" w:rsidRDefault="00162E5E" w:rsidP="005B39C8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="267F7591" wp14:editId="02CE02A3">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>21834</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>78447</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="674077" cy="739067"/>
+            <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+            <wp:wrapNone/>
+            <wp:docPr id="7" name="รูปภาพ 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="รูปภาพ 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="674077" cy="739067"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3440DF25" w14:textId="77777777" w:rsidR="00162E5E" w:rsidRPr="00D61B20" w:rsidRDefault="00162E5E" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="3600" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C5D2CA2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="af0"/>
+    <w:p w14:paraId="37BD6F40" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="58"/>
           <w:szCs w:val="58"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="58"/>
           <w:szCs w:val="58"/>
           <w:cs/>
         </w:rPr>
         <w:t>บันทึกข้อความ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="58"/>
           <w:szCs w:val="58"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E035A6A" wp14:editId="61B08952">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3447DB37" wp14:editId="43B1A912">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4746625</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-428625</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1028700" cy="359410"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="21590"/>
                 <wp:wrapNone/>
                 <wp:docPr id="35" name="Text Box 35"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1028700" cy="359410"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5C4C7CB2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                          <w:p w14:paraId="06728D43" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00117AFF">
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:cs/>
                               </w:rPr>
-                              <w:t xml:space="preserve">(แบบ </w:t>
-[...23 lines deleted...]
-                              <w:t>.๐๑)</w:t>
+                              <w:t>(แบบ ลศ.๐๑)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="7E035A6A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="3447DB37" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 35" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:373.75pt;margin-top:-33.75pt;width:81pt;height:28.3pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm/UGuJwIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p0lLy9qo6TQ6ipAG&#10;Qxr8ANdxGgvHZ85uk/Hrd3a6rirwgsiD5ctdvrv7vrssr/vWsINCr8GWfDzKOVNWQqXtruTfv23e&#10;zDnzQdhKGLCq5I/K8+vV61fLzhVqAg2YSiEjEOuLzpW8CcEVWeZlo1rhR+CUJWcN2IpAJu6yCkVH&#10;6K3JJnn+LusAK4cglff09nZw8lXCr2slw31dexWYKTnVFtKJ6dzGM1stRbFD4Rotj2WIf6iiFdpS&#10;0hPUrQiC7VH/BtVqieChDiMJbQZ1raVKPVA34/yim4dGOJV6IXK8O9Hk/x+s/HJ4cF+Rhf499CRg&#10;asK7O5A/PLOwboTdqRtE6BolKko8jpRlnfPF8dNItS98BNl2n6EikcU+QALqa2wjK9QnI3QS4PFE&#10;uuoDkzFlPplf5eSS5Hs7W0zHSZVMFM9fO/Tho4KWxUvJkURN6OJw50OsRhTPITGZB6OrjTYmGbjb&#10;rg2yg6AB2KQnNXARZizrSr6YTWYDAX+FyNPzJ4hWB5pko9uSz09Booi0fbBVmrMgtBnuVLKxRx4j&#10;dQOJod/2FBj53EL1SIwiDBNLGxbu6agNUJ3SaMdZA/jr8l2Mo+EgD2cdTXXJ/c+9QMWZ+WRJvcV4&#10;Oo1rkIzp7GpCBp57tuceYSVBlTxwNlzXYVidvUO9ayjTMC8WbkjxWicxXqo/9keTmzQ6bllcjXM7&#10;Rb38C1ZPAAAA//8DAFBLAwQUAAYACAAAACEALzjWZeAAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VIXFBrF0rShDgVQgLRGxQEVzfeJhH+Cbabhrdne4Lb7M5o9ttqPVnDRgyx&#10;907CYi6AoWu87l0r4f3tcbYCFpNyWhnvUMIPRljX52eVKrU/ulcct6llVOJiqSR0KQ0l57Hp0Ko4&#10;9wM68vY+WJVoDC3XQR2p3Bp+LUTGreodXejUgA8dNl/bg5WwWj6Pn3Fz8/LRZHtTpKt8fPoOUl5e&#10;TPd3wBJO6S8MJ3xCh5qYdv7gdGRGQr7MbykqYZadBCUKUZDY0WYhCuB1xf//UP8CAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA5v1BricCAABTBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEALzjWZeAAAAALAQAADwAAAAAAAAAAAAAAAACBBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;">
+              <v:shape id="Text Box 35" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:373.75pt;margin-top:-33.75pt;width:81pt;height:28.3pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmLNrNOwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p0m7lrVR02l0FCEN&#10;hrTxAxzHSSxsn7HdJuPXc3a6UhV4QeTB8vnO39193znrm0ErchDOSzAlnU5ySoThUEvTlvTr0+7N&#10;khIfmKmZAiNK+iw8vdm8frXubSFm0IGqhSMIYnzR25J2IdgiyzzvhGZ+AlYYdDbgNAtoujarHesR&#10;Xatsludvsx5cbR1w4T2e3o1Oukn4TSN4eGgaLwJRJcXaQlpdWqu4Zps1K1rHbCf5sQz2D1VoJg0m&#10;PUHdscDI3snfoLTkDjw0YcJBZ9A0kovUA3YzzS+6eeyYFakXJMfbE03+/8Hyz4cvjsi6pFcLSgzT&#10;qNGTGAJ5BwPBI+Snt77AsEeLgWHAc9Q59ertPfBvnhjYdsy04tY56DvBaqxvGm9mZ1dHHB9Bqv4T&#10;1JiH7QMkoKFxOpKHdBBER52eT9rEWnhMmc+W1zm6OPquFqv5NImXseLltnU+fBCgSdyU1KH2CZ0d&#10;7n2I1bDiJSQm86BkvZNKJcO11VY5cmA4J7v0pQYuwpQhfUlXi9liJOCvEHn6/gShZcCBV1KXdHkK&#10;YkWk7b2p0zgGJtW4x5KVOfIYqRtJDEM1HHWpoH5GRh2Mg40PMTzg0ijAOrmSlpIO3I/LsxiHM4Qe&#10;Snoc/pL673vmBCXqo0H1VtP5PL6WZMwX1zM03LmnOvcwwxGqpIGScbsN4wvbWyfbDjON82LgFhVv&#10;ZBIjjsZY/bE/HPCk0fExxhd0bqeoX7+MzU8AAAD//wMAUEsDBBQABgAIAAAAIQAvONZl4AAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcUGsXStKEOBVCAtEbFARXN94mEf4J&#10;tpuGt2d7gtvszmj222o9WcNGDLH3TsJiLoCha7zuXSvh/e1xtgIWk3JaGe9Qwg9GWNfnZ5UqtT+6&#10;Vxy3qWVU4mKpJHQpDSXnsenQqjj3Azry9j5YlWgMLddBHancGn4tRMat6h1d6NSADx02X9uDlbBa&#10;Po+fcXPz8tFke1Okq3x8+g5SXl5M93fAEk7pLwwnfEKHmph2/uB0ZEZCvsxvKSphlp0EJQpRkNjR&#10;ZiEK4HXF//9Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDmLNrNOwIAAHoEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAvONZl4AAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAJUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5C4C7CB2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                    <w:p w14:paraId="06728D43" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00117AFF">
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>(แบบ ลศ.๐๑)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00D61B20">
-[...67 lines deleted...]
-    <w:p w14:paraId="5D862348" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    </w:p>
+    <w:p w14:paraId="7961B7CC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E047897" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="34D50D3D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:cs/>
         </w:rPr>
         <w:t>ส่วนงาน</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
@@ -347,128 +323,126 @@
           <w:cs/>
         </w:rPr>
         <w:t>.........................................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>โทร</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>.......................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C93273A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6C69A803" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:cs/>
         </w:rPr>
         <w:t>ที่</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>อว</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>......................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:cs/>
         </w:rPr>
         <w:t>วันที่</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>...............................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0454A4FB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="2C5F668A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:right="-366"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:cs/>
         </w:rPr>
         <w:t>เรื่อง</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
@@ -484,91 +458,91 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ขออนุญาตไปสมัค</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>รเข้าศึกษาหรือไปสมัคร</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">สอบเพื่อศึกษาต่อภายในประเทศ/ต่างประเทศ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E49DA8B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="62ED81E4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3251EA87" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4C9CE5CA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">เรียน  อธิการบดี </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9F0354" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="3A2847AE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E4F6F86" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="3652BB1F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ด้วยข้าพเจ้า (ชื่อ-สกุล).....................................................ประเภท (พนักงานมหาวิทยาลัย/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
@@ -581,70 +555,70 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>) ตำแหน่ง........................................... ตำแหน่งในหลักสูตร........................................................... (ถ้ามี) งาน/หลักสูตร.........................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>...... สังกัด...........................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787668DA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1EE17718" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C71E3A" wp14:editId="02DF617A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11AFEB16" wp14:editId="24DA72C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>506730</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>268605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="33" name="Rectangle 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -656,248 +630,248 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="41C2F1FA" id="Rectangle 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:39.9pt;margin-top:21.15pt;width:18pt;height:18pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhACMwMePdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQhu8m/ofNmHiz&#10;S8GPFlkao6mJx5ZevA0wAsrOEnZp0V/v9KTHmefNO89km9n26kij7xwbWC4iUMSVqztuDByK7c0K&#10;lA/INfaOycA3edjklxcZprU78Y6O+9AoKWGfooE2hCHV2lctWfQLNxAL+3CjxSDj2Oh6xJOU217H&#10;UXSvLXYsF1oc6Lml6ms/WQNlFx/wZ1e8Rna9TcLbXHxO7y/GXF/NT4+gAs3hLwxnfVGHXJxKN3Ht&#10;VW/gYS3mwcBtnIA68+WdLEoBqwR0nun/D+S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOMdWNwWAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhACMwMePdAAAACAEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="73B430A2" id="Rectangle 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:39.9pt;margin-top:21.15pt;width:18pt;height:18pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+0CZGMAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3bcpEuNOEWRLsOA&#10;bi3W7QMUWY6FyaJGKXGyry8lp1na7TTMB0EUqafHR9Lz631n2E6h12ArPh7lnCkrodZ2U/Hv31bv&#10;Zpz5IGwtDFhV8YPy/Hrx9s28d6UqoAVTK2QEYn3Zu4q3Ibgyy7xsVSf8CJyy5GwAOxHIxE1Wo+gJ&#10;vTNZkeeXWQ9YOwSpvKfT28HJFwm/aZQM903jVWCm4sQtpBXTuo5rtpiLcoPCtVoeaYh/YNEJbenR&#10;E9StCIJtUf8B1WmJ4KEJIwldBk2jpUo5UDbj/FU2j61wKuVC4nh3ksn/P1j5ZfeATNcVv7jgzIqO&#10;avSVVBN2YxSjMxKod76kuEf3gDFF7+5A/vDMwrKlMHWDCH2rRE20xjE+e3EhGp6usnX/GWqCF9sA&#10;Sat9g10EJBXYPpXkcCqJ2gcm6bAoZpc5FU6S67iPL4jy+bJDHz4q6FjcVByJewIXuzsfhtDnkEQe&#10;jK5X2phk4Ga9NMh2grpjlb7En3I8DzOW9RW/mhbThPzC588h8vT9DaLTgdrc6K7is1OQKKNqH2xN&#10;NEUZhDbDnrIz9ihjVG6owBrqA6mIMPQwzVy4p6UxQOSk0Y6zFvDX67MYR+1CHs566vOK+59bgYoz&#10;88lSxa7Gk0kcjGRMpu8LMvDcsz73CCsJquKBs2G7DMMwbR3qTUsvjZNGFm6oyo1OFYgdMLA/JkW9&#10;nGp4nLs4LOd2ivr9d1g8AQAA//8DAFBLAwQUAAYACAAAACEAIzAx490AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPTU+DQBCG7yb+h82YeLNLwY8WWRqjqYnHll68DTACys4SdmnRX+/0pMeZ5807&#10;z2Sb2fbqSKPvHBtYLiJQxJWrO24MHIrtzQqUD8g19o7JwDd52OSXFxmmtTvxjo770CgpYZ+igTaE&#10;IdXaVy1Z9As3EAv7cKPFIOPY6HrEk5TbXsdRdK8tdiwXWhzouaXqaz9ZA2UXH/BnV7xGdr1Nwttc&#10;fE7vL8ZcX81Pj6ACzeEvDGd9UYdcnEo3ce1Vb+BhLebBwG2cgDrz5Z0sSgGrBHSe6f8P5L8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPtAmRjACAABlBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAIzAx490AAAAIAQAADwAAAAAAAAAAAAAAAACK&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>มีความประสงค์ขออนุญาตไปสมัครเข้า</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ศึกษาหรือไปสมัครสอบ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>เพื่อศึกษาต่อ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A17917" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4AA29D99" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ภายในประเทศ (โปรดระบุ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AAF57F9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="5B84D42B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:right="-546" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">โดยใช้เวลาในการปฏิบัติงานเต็มเวลา     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13CEC599" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="11CC4A71" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:right="-546" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>โดยใช้เวลาในการปฏิบัติงานบางส่วน (ไม่เกิน ๖ ชม./สัปดาห์)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E7F45C3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="65509C34" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:right="-546" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>โดยไม่ใช้เวลาในการปฏิบัติงาน</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A4391B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="608557D9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EAB46F5" wp14:editId="1BCE0358">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B71F037" wp14:editId="0D196977">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>506730</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>22860</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="32" name="Rectangle 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -909,116 +883,116 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="56C4640C" id="Rectangle 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:39.9pt;margin-top:1.8pt;width:18pt;height:18pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJSJ80vaAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjkFPg0AQhe8m/ofNmHiz&#10;S9uIgiyN0dTEY0sv3gYYAWVnCbu06K93erLHL+/lvS/bzLZXRxp959jAchGBIq5c3XFj4FBs7x5B&#10;+YBcY++YDPyQh01+fZVhWrsT7+i4D42SEfYpGmhDGFKtfdWSRb9wA7Fkn260GATHRtcjnmTc9noV&#10;RbG22LE8tDjQS0vV936yBspudcDfXfEW2WS7Du9z8TV9vBpzezM/P4EKNIf/Mpz1RR1ycSrdxLVX&#10;vYGHRMyDgXUM6hwv74VL4SQGnWf60j//AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOMd&#10;WNwWAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJSJ80vaAAAABwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="4B876124" id="Rectangle 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:39.9pt;margin-top:1.8pt;width:18pt;height:18pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeh6jHLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p0lDO7qo6TR1FCEN&#10;NjH4Aa7jJBaOz5zdpuPXc3a60g2eEHmwfL7z5+++u8vy6tAbtlfoNdiKTyc5Z8pKqLVtK/7t6+bN&#10;gjMfhK2FAasq/qg8v1q9frUcXKkK6MDUChmBWF8OruJdCK7MMi871Qs/AacsORvAXgQysc1qFAOh&#10;9yYr8vwiGwBrhyCV93R6Mzr5KuE3jZLhrmm8CsxUnLiFtGJat3HNVktRtihcp+WRhvgHFr3Qlh49&#10;Qd2IINgO9R9QvZYIHpowkdBn0DRaqpQDZTPNX2Tz0AmnUi4kjncnmfz/g5Wf9/fIdF3xtwVnVvRU&#10;oy+kmrCtUYzOSKDB+ZLiHtw9xhS9uwX53TML647C1DUiDJ0SNdGaxvjs2YVoeLrKtsMnqAle7AIk&#10;rQ4N9hGQVGCHVJLHU0nUITBJh0WxuMipcJJcx318QZRPlx368EFBz+Km4kjcE7jY3/owhj6FJPJg&#10;dL3RxiQD2+3aINsL6o5N+hJ/yvE8zFg2VPxyXswT8jOfP4fI0/c3iF4HanOj+4ovTkGijKq9tzXR&#10;FGUQ2ox7ys7Yo4xRubECW6gfSUWEsYdp5sIdLY0BIieNdpx1gD9fnsU4ahfycDZQn1fc/9gJVJyZ&#10;j5YqdjmdzeJgJGM2f1eQgeee7blHWElQFQ+cjdt1GIdp51C3Hb00TRpZuKYqNzpVIHbAyP6YFPVy&#10;quFx7uKwnNsp6vffYfULAAD//wMAUEsDBBQABgAIAAAAIQCUifNL2gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI5BT4NAEIXvJv6HzZh4s0vbiIIsjdHUxGNLL94GGAFlZwm7tOivd3qyxy/v5b0v&#10;28y2V0cafefYwHIRgSKuXN1xY+BQbO8eQfmAXGPvmAz8kIdNfn2VYVq7E+/ouA+NkhH2KRpoQxhS&#10;rX3VkkW/cAOxZJ9utBgEx0bXI55k3PZ6FUWxttixPLQ40EtL1fd+sgbKbnXA313xFtlkuw7vc/E1&#10;fbwac3szPz+BCjSH/zKc9UUdcnEq3cS1V72Bh0TMg4F1DOocL++FS+EkBp1n+tI//wMAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDeh6jHLwIAAGUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCUifNL2gAAAAcBAAAPAAAAAAAAAAAAAAAAAIkEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ณ ต่างประเทศ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2FB6F8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7687FB51" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ระดับการศึกษาที่ขออนุญาต</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078B332C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="59C14A4F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:right="-546"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49630562" wp14:editId="76D26634">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22EFBAE5" wp14:editId="61E1B3AA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>506730</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>7620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="31" name="Rectangle 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1030,67 +1004,67 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="32F2B837" id="Rectangle 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:39.9pt;margin-top:.6pt;width:18pt;height:18pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAPm/olnbAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjk9Pg0AQxe8mfofNmHiz&#10;S2m0lrI0RlMTjy29eBtgBCo7S9ilRT+901M9vj9575duJtupEw2+dWxgPotAEZeuark2cMi3D8+g&#10;fECusHNMBn7Iwya7vUkxqdyZd3Tah1rJCPsEDTQh9InWvmzIop+5nliyLzdYDCKHWlcDnmXcdjqO&#10;oidtsWV5aLCn14bK7/1oDRRtfMDfXf4e2dV2ET6m/Dh+vhlzfze9rEEFmsK1DBd8QYdMmAo3cuVV&#10;Z2C5EvIgfgzqEs8fRRcGFssYdJbq//zZHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDj&#10;HVjcFgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD5v6JZ2wAAAAcBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;"/>
+              <v:rect w14:anchorId="76FA7A19" id="Rectangle 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:39.9pt;margin-top:.6pt;width:18pt;height:18pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/eUueLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p2lDO7qo6TR1FCEN&#10;NjH4Aa7jJBa2z5zdpuXXc3Ha0g2eEHmwfL7z5+++u8viZm8N2ykMGlzJJ6MxZ8pJqLRrSv7t6/rN&#10;nLMQhauEAadKflCB3yxfv1p0vlA5tGAqhYxAXCg6X/I2Rl9kWZCtsiKMwCtHzhrQikgmNlmFoiN0&#10;a7J8PL7KOsDKI0gVAp3eDU6+TPh1rWR8qOugIjMlJ24xrZjWTb9my4UoGhS+1fJIQ/wDCyu0o0fP&#10;UHciCrZF/QeU1RIhQB1HEmwGda2lSjlQNpPxi2yeWuFVyoXECf4sU/h/sPLz7hGZrkr+dsKZE5Zq&#10;9IVUE64xitEZCdT5UFDck3/EPsXg70F+D8zBqqUwdYsIXatERbRSfPbsQm8Euso23SeoCF5sIySt&#10;9jXaHpBUYPtUksO5JGofmaTDPJ9fjalwklzHPTHKRHG67DHEDwos6zclR+KewMXuPsQh9BSSyIPR&#10;1VobkwxsNiuDbCeoO9bp6/Ml9HAZZhzrSn49y2cJ+ZkvXEKM0/c3CKsjtbnRtuTzc5AoetXeu4re&#10;FEUU2gx7et84onFSbqjABqoDqYgw9DDNXHygpTZA5KTRnrMW8OfLsz6O2oU8nHXU5yUPP7YCFWfm&#10;o6OKXU+m034wkjGdvcvJwEvP5tIjnCSokkfOhu0qDsO09aibll6aJI0c3FKVa50q0OcxsD8mRb2c&#10;VD7OXT8sl3aK+v13WP4CAAD//wMAUEsDBBQABgAIAAAAIQD5v6JZ2wAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI5PT4NAEMXvJn6HzZh4s0tptJayNEZTE48tvXgbYAQqO0vYpUU/vdNTPb4/ee+X&#10;bibbqRMNvnVsYD6LQBGXrmq5NnDItw/PoHxArrBzTAZ+yMMmu71JMancmXd02odayQj7BA00IfSJ&#10;1r5syKKfuZ5Ysi83WAwih1pXA55l3HY6jqInbbFleWiwp9eGyu/9aA0UbXzA313+HtnVdhE+pvw4&#10;fr4Zc383vaxBBZrCtQwXfEGHTJgKN3LlVWdguRLyIH4M6hLPH0UXBhbLGHSW6v/82R8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAv3lLni8CAABlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+b+iWdsAAAAHAQAADwAAAAAAAAAAAAAAAACJBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00A7BE6C" wp14:editId="3E40ED82">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AB65DBF" wp14:editId="31372BD3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3429000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>15875</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="30" name="Rectangle 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1102,67 +1076,67 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="21A9BF29" id="Rectangle 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:270pt;margin-top:1.25pt;width:18pt;height:18pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAIxCPuvdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;TUpKCXEqBCoSxza9cHPiJQnE6yh22sDXs5zKcTSjmTf5Zna9OOIYOk8abhcKBFLtbUeNhkO5vVmD&#10;CNGQNb0n1PCNATbF5UVuMutPtMPjPjaCSyhkRkMb45BJGeoWnQkLPyCx9+FHZyLLsZF2NCcud71M&#10;lFpJZzrihdYM+Nxi/bWfnIaqSw7mZ1e+KvewXca3ufyc3l+0vr6anx5BRJzjOQx/+IwOBTNVfiIb&#10;RK8hvVP8JWpIUhDsp/cr1pWG5ToFWeTy/4HiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOMdWNwWAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIxCPuvdAAAACAEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="401C4178" id="Rectangle 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:270pt;margin-top:1.25pt;width:18pt;height:18pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfLsUfLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p0lDO7qo6TR1FCEN&#10;NjH4Aa7jJBaOz5zdpuPXc3a60g2eEHmwfL7z5+++u8vy6tAbtlfoNdiKTyc5Z8pKqLVtK/7t6+bN&#10;gjMfhK2FAasq/qg8v1q9frUcXKkK6MDUChmBWF8OruJdCK7MMi871Qs/AacsORvAXgQysc1qFAOh&#10;9yYr8vwiGwBrhyCV93R6Mzr5KuE3jZLhrmm8CsxUnLiFtGJat3HNVktRtihcp+WRhvgHFr3Qlh49&#10;Qd2IINgO9R9QvZYIHpowkdBn0DRaqpQDZTPNX2Tz0AmnUi4kjncnmfz/g5Wf9/fIdF3xtySPFT3V&#10;6AupJmxrFKMzEmhwvqS4B3ePMUXvbkF+98zCuqMwdY0IQ6dETbSmMT57diEanq6y7fAJaoIXuwBJ&#10;q0ODfQQkFdghleTxVBJ1CEzSYVEsLnJiJsl13McXRPl02aEPHxT0LG4qjsQ9gYv9rQ9j6FNIIg9G&#10;1xttTDKw3a4Nsr2g7tikL/GnHM/DjGVDxS/nxTwhP/P5c4g8fX+D6HWgNje6r/jiFCTKqNp7WxNN&#10;UQahzbin7Iw9yhiVGyuwhfqRVEQYe5hmLtzR0hggctJox1kH+PPlWYyjdiEPZwP1ecX9j51AxZn5&#10;aKlil9PZLA5GMmbzdwUZeO7ZnnuElQRV8cDZuF2HcZh2DnXb0UvTpJGFa6pyo1MFYgeM7I9JUS+n&#10;Gh7nLg7LuZ2ifv8dVr8AAAD//wMAUEsDBBQABgAIAAAAIQCMQj7r3QAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE1KSglxKgQqEsc2vXBz4iUJxOsodtrA17OcynE0o5k3&#10;+WZ2vTjiGDpPGm4XCgRS7W1HjYZDub1ZgwjRkDW9J9TwjQE2xeVFbjLrT7TD4z42gksoZEZDG+OQ&#10;SRnqFp0JCz8gsffhR2ciy7GRdjQnLne9TJRaSWc64oXWDPjcYv21n5yGqksO5mdXvir3sF3Gt7n8&#10;nN5ftL6+mp8eQUSc4zkMf/iMDgUzVX4iG0SvIb1T/CVqSFIQ7Kf3K9aVhuU6BVnk8v+B4hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBfLsUfLwIAAGUEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCMQj7r3QAAAAgBAAAPAAAAAAAAAAAAAAAAAIkE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BE45783" wp14:editId="61FE263D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C990369" wp14:editId="0524B11C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2286000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>15875</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="28" name="Rectangle 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1174,53 +1148,53 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="72D5D796" id="Rectangle 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:180pt;margin-top:1.25pt;width:18pt;height:18pt;z-index:251686912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAHUUWBrdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;TaJGbYhTIVCROLbphZsTL0kgXkex0wa+nuUEtx3NaPZNsVvcIM44hd6ThvuVAoHUeNtTq+FU7e82&#10;IEI0ZM3gCTV8YYBdeX1VmNz6Cx3wfIyt4BIKudHQxTjmUoamQ2fCyo9I7L37yZnIcmqlncyFy90g&#10;E6Uy6UxP/KEzIz512HweZ6eh7pOT+T5UL8pt92l8XaqP+e1Z69ub5fEBRMQl/oXhF5/RoWSm2s9k&#10;gxg0pJniLVFDsgbBfrrNWNd8bNYgy0L+H1D+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOMdWNwWAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAHUUWBrdAAAACAEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="0FD5276F" id="Rectangle 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:180pt;margin-top:1.25pt;width:18pt;height:18pt;z-index:251686912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD26BpoLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqSfyPdKL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTccotpBXTuolrtlyIskXhOi2PaYh/yKIX2tKj&#10;J6hbEQTbov4DqtcSwUMTJhL6DJpGS5VqoGqm+atqnjrhVKqFyPHuRJP/f7Dyy+4Bma4rXpBSVvSk&#10;0SOxJmxrFKMzImhwvqS4J/eAsUTv7kB+98zCqqMwdYMIQ6dETWlNY3z24kI0PF1lm+Ez1AQvtgES&#10;V/sG+whILLB9kuRwkkTtA5N0WBSXFzkJJ8l13McXRPl82aEPHxX0LG4qjpR7Ahe7Ox/G0OeQlDwY&#10;Xa+1McnAdrMyyHaCumOdvpQ/1XgeZiwbKn41L+YJ+YXPn0Pk6fsbRK8DtbnRfcUvT0GijKx9sDWl&#10;KcogtBn3VJ2xRxojc6MCG6gPxCLC2MM0c+GelsYAJSeNdpx1gD9fn8U4ahfycDZQn1fc/9gKVJyZ&#10;T5YUu5rOZnEwkjGbvy/IwHPP5twjrCSoigfOxu0qjMO0dajbjl6aJo4s3JDKjU4KxA4Ysz8WRb2c&#10;NDzOXRyWcztF/f47LH8BAAD//wMAUEsDBBQABgAIAAAAIQB1FFga3QAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE2iRm2IUyFQkTi26YWbEy9JIF5HsdMGvp7lBLcdzWj2&#10;TbFb3CDOOIXek4b7lQKB1HjbU6vhVO3vNiBCNGTN4Ak1fGGAXXl9VZjc+gsd8HyMreASCrnR0MU4&#10;5lKGpkNnwsqPSOy9+8mZyHJqpZ3MhcvdIBOlMulMT/yhMyM+ddh8Hmenoe6Tk/k+VC/KbfdpfF2q&#10;j/ntWevbm+XxAUTEJf6F4Ref0aFkptrPZIMYNKSZ4i1RQ7IGwX66zVjXfGzWIMtC/h9Q/gAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD26BpoLwIAAGUEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB1FFga3QAAAAgBAAAPAAAAAAAAAAAAAAAAAIkE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ปริญญาตรี</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
@@ -1230,69 +1204,69 @@
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">       ปริญญาโท</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">            ปริญญาเอก</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0236C1D5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="674CAA83" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E0DD058" wp14:editId="22FEA62C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BAB2A1A" wp14:editId="207B2AB9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>506730</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>29210</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="27" name="Rectangle 27"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1304,53 +1278,53 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="18F1EEAD" id="Rectangle 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:39.9pt;margin-top:2.3pt;width:18pt;height:18pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAOeLmu7bAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNyo&#10;3QKBpnEqBCoSxza9cNvE2yQQ21HstIGvZ3sqx6cZzbxsPdlOHGkIrXca5jMFglzlTetqDftic/cM&#10;IkR0BjvvSMMPBVjn11cZpsaf3JaOu1gLHnEhRQ1NjH0qZagashhmvifH2cEPFiPjUEsz4InHbScX&#10;SiXSYuv4ocGeXhuqvnej1VC2iz3+bot3ZZeb+/gxFV/j55vWtzfTywpEpCleynDWZ3XI2an0ozNB&#10;dBqelmweNTwkIM7x/JG5ZFYJyDyT//3zPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDj&#10;HVjcFgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDni5ru2wAAAAcBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;"/>
+              <v:rect w14:anchorId="54BE5FB8" id="Rectangle 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:39.9pt;margin-top:2.3pt;width:18pt;height:18pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS6QeNMAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtgxkl6MOEWRLsOA&#10;bi3W7QMUWbaFyaJGKXGyrx8lp1na7WmYHwRRpI4OD0kvbva9YTuFXoOt+HSSc6ashFrbtuLfvq7f&#10;XXHmg7C1MGBVxQ/K85vl2zeLwZWqgA5MrZARiPXl4CreheDKLPOyU73wE3DKkrMB7EUgE9usRjEQ&#10;em+yIs8vsgGwdghSeU+nd6OTLxN+0ygZHprGq8BMxYlbSCumdRPXbLkQZYvCdVoeaYh/YNELbenR&#10;E9SdCIJtUf8B1WuJ4KEJEwl9Bk2jpUo5UDbT/FU2T51wKuVC4nh3ksn/P1j5efeITNcVLy45s6Kn&#10;Gn0h1YRtjWJ0RgINzpcU9+QeMabo3T3I755ZWHUUpm4RYeiUqInWNMZnLy5Ew9NVthk+QU3wYhsg&#10;abVvsI+ApALbp5IcTiVR+8AkHRbF1UVOhZPkOu7jC6J8vuzQhw8KehY3FUfinsDF7t6HMfQ5JJEH&#10;o+u1NiYZ2G5WBtlOUHes05f4U47nYcayoeLX82KekF/4/DlEnr6/QfQ6UJsb3Vf86hQkyqjae1sT&#10;TVEGoc24p+yMPcoYlRsrsIH6QCoijD1MMxceaGkMEDlptOOsA/z5+izGUbuQh7OB+rzi/sdWoOLM&#10;fLRUsevpbBYHIxmz+WVBBp57NuceYSVBVTxwNm5XYRymrUPddvTSNGlk4Zaq3OhUgdgBI/tjUtTL&#10;qYbHuYvDcm6nqN9/h+UvAAAA//8DAFBLAwQUAAYACAAAACEA54ua7tsAAAAHAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3KjdAoGmcSoEKhLHNr1w28TbJBDbUey0ga9neyrHpxnN&#10;vGw92U4caQitdxrmMwWCXOVN62oN+2Jz9wwiRHQGO+9Iww8FWOfXVxmmxp/clo67WAsecSFFDU2M&#10;fSplqBqyGGa+J8fZwQ8WI+NQSzPgicdtJxdKJdJi6/ihwZ5eG6q+d6PVULaLPf5ui3dll5v7+DEV&#10;X+Pnm9a3N9PLCkSkKV7KcNZndcjZqfSjM0F0Gp6WbB41PCQgzvH8kblkVgnIPJP//fM/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFLpB40wAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOeLmu7bAAAABwEAAA8AAAAAAAAAAAAAAAAAigQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>อื่น ๆ (โปรดระบุ)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
@@ -1392,90 +1366,90 @@
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>……………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B6A741" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0336606D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ชื่อหลักสูตร......................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3B15CC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="581DDA3D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E39B689" wp14:editId="271C635D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3022B7AD" wp14:editId="3EED31BA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1419860</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>287655</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="26" name="Rectangle 26"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1487,67 +1461,67 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2D3CBB93" id="Rectangle 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:111.8pt;margin-top:22.65pt;width:18pt;height:18pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAA1eCzbfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;XcqmrTSdEGhIHLfuwi1tTFtonKpJt8LTY05wtP3p9/fnu9n14oxj6DxpWC4SEEi1tx01Gk7l/m4D&#10;IkRD1vSeUMMXBtgV11e5yay/0AHPx9gIDqGQGQ1tjEMmZahbdCYs/IDEt3c/OhN5HBtpR3PhcNdL&#10;lSRr6UxH/KE1Az61WH8eJ6eh6tTJfB/Kl8Rt92l8ncuP6e1Z69ub+fEBRMQ5/sHwq8/qULBT5Sey&#10;QfQalErXjGq4X6UgGFCrLS8qDZtlCrLI5f8GxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA4x1Y3BYCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEADV4LNt8AAAAJAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="4602E1C1" id="Rectangle 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:111.8pt;margin-top:22.65pt;width:18pt;height:18pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyvokMLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06MJEuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqafHR9LL60Nn2F6h12BLPhmNOVNWQqVtU/JvXzfv&#10;Fpz5IGwlDFhV8qPy/Hr19s2yd4XKoQVTKWQEYn3Ru5K3Ibgiy7xsVSf8CJyy5KwBOxHIxCarUPSE&#10;3pksH4/nWQ9YOQSpvKfT28HJVwm/rpUM93XtVWCm5MQtpBXTuo1rtlqKokHhWi1PNMQ/sOiEtvTo&#10;GepWBMF2qP+A6rRE8FCHkYQug7rWUqUcKJvJ+FU2T61wKuVC4nh3lsn/P1j5Zf+ATFclz+ecWdFR&#10;jR5JNWEboxidkUC98wXFPbkHjCl6dwfyu2cW1i2FqRtE6FslKqI1ifHZiwvR8HSVbfvPUBG82AVI&#10;Wh1q7CIgqcAOqSTHc0nUITBJh3m+mI+pcJJcp318QRTPlx368FFBx+Km5EjcE7jY3/kwhD6HJPJg&#10;dLXRxiQDm+3aINsL6o5N+hJ/yvEyzFjWl/xqls8S8gufv4QYp+9vEJ0O1OZGdyVfnINEEVX7YCui&#10;KYogtBn2lJ2xJxmjckMFtlAdSUWEoYdp5sI9LbUBIieNdpy1gD9fn8U4ahfycNZTn5fc/9gJVJyZ&#10;T5YqdjWZTuNgJGM6e5+TgZee7aVHWElQJQ+cDdt1GIZp51A3Lb00SRpZuKEq1zpVIHbAwP6UFPVy&#10;quFp7uKwXNop6vffYfULAAD//wMAUEsDBBQABgAIAAAAIQANXgs23wAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF3Kpq00nRBoSBy37sItbUxbaJyqSbfC02NOcLT96ff3&#10;57vZ9eKMY+g8aVguEhBItbcdNRpO5f5uAyJEQ9b0nlDDFwbYFddXucmsv9ABz8fYCA6hkBkNbYxD&#10;JmWoW3QmLPyAxLd3PzoTeRwbaUdz4XDXS5Uka+lMR/yhNQM+tVh/HienoerUyXwfypfEbfdpfJ3L&#10;j+ntWevbm/nxAUTEOf7B8KvP6lCwU+UnskH0GpRK14xquF+lIBhQqy0vKg2bZQqyyOX/BsUPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALK+iQwvAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAA1eCzbfAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;iQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="071CA61A" wp14:editId="711CF993">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C998A28" wp14:editId="1955F55A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>16510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>280670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="25" name="Rectangle 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1559,156 +1533,156 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7076E089" id="Rectangle 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:22.1pt;width:18pt;height:18pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAOc1TPrbAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNyo&#10;TVpVIWRTIVCROLbphdsmXpJAbEex06b9esyJHkczevPyzWx6ceTRd84iPC4UCLa1051tEA7l9iEF&#10;4QNZTb2zjHBmD5vi9ianTLuT3fFxHxoRIdZnhNCGMGRS+rplQ37hBrax+3KjoRDj2Eg90inCTS8T&#10;pdbSUGfjQ0sDv7Zc/+wng1B1yYEuu/JdmaftMnzM5ff0+YZ4fze/PIMIPIf/MfzpR3UoolPlJqu9&#10;6BGSdRwirFYJiFgv05grhFQlIItcXusXvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDj&#10;HVjcFgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDnNUz62wAAAAYBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;"/>
+              <v:rect w14:anchorId="5E7403B3" id="Rectangle 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:22.1pt;width:18pt;height:18pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTQGpVLAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p0mjdnTR0mnqKEIa&#10;bNrgB7iOk1g4PnN2m5Zfz9npShmIB0QeLJ/v/Pm77+5ydb3vDdsp9BpsxaeTnDNlJdTathX/8nn9&#10;ZsGZD8LWwoBVFT8oz6+Xr19dDa5UBXRgaoWMQKwvB1fxLgRXZpmXneqFn4BTlpwNYC8CmdhmNYqB&#10;0HuTFXl+kQ2AtUOQyns6vR2dfJnwm0bJcN80XgVmKk7cQloxrZu4ZssrUbYoXKflkYb4Bxa90JYe&#10;PUHdiiDYFvVvUL2WCB6aMJHQZ9A0WqqUA2UzzV9k89QJp1IuJI53J5n8/4OVn3YPyHRd8WLOmRU9&#10;1eiRVBO2NYrRGQk0OF9S3JN7wJiid3cgv3pmYdVRmLpBhKFToiZa0xif/XIhGp6uss3wEWqCF9sA&#10;Sat9g30EJBXYPpXkcCqJ2gcm6bAoFhc5FU6S67iPL4jy+bJDH94r6FncVByJewIXuzsfxtDnkEQe&#10;jK7X2phkYLtZGWQ7Qd2xTl/iTzmehxnLhopfzkmNv0Pk6fsTRK8DtbnRfcUXpyBRRtXe2ZpoijII&#10;bcY9ZWfsUcao3FiBDdQHUhFh7GGauXBPS2OAyEmjHWcd4PeXZzGO2oU8nA3U5xX337YCFWfmg6WK&#10;XU5nszgYyZjN3xZk4Llnc+4RVhJUxQNn43YVxmHaOtRtRy9Nk0YWbqjKjU4ViB0wsj8mRb2canic&#10;uzgs53aK+vl3WP4AAAD//wMAUEsDBBQABgAIAAAAIQDnNUz62wAAAAYBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI7BTsMwEETvSPyDtUjcqE1aVSFkUyFQkTi26YXbJl6SQGxHsdOm/XrMiR5HM3rz8s1s&#10;enHk0XfOIjwuFAi2tdOdbRAO5fYhBeEDWU29s4xwZg+b4vYmp0y7k93xcR8aESHWZ4TQhjBkUvq6&#10;ZUN+4Qa2sftyo6EQ49hIPdIpwk0vE6XW0lBn40NLA7+2XP/sJ4NQdcmBLrvyXZmn7TJ8zOX39PmG&#10;eH83vzyDCDyH/zH86Ud1KKJT5SarvegRknUcIqxWCYhYL9OYK4RUJSCLXF7rF78AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA00BqVSwCAABlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA5zVM+tsAAAAGAQAADwAAAAAAAAAAAAAAAACGBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>สาขาวิชา.................................................................คณะ..............................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C011E2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0C4A2930" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ภาคปกติ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ภาคพิเศษ (สมทบ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7AF367" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="141AC472" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>ระดับปริญญาตรี/ปริญญาโท</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D88A44" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="61EF111E" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F9F7D33" wp14:editId="24931706">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11B248DA" wp14:editId="7FA18DC9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="232410" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="24" name="Rectangle 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="232410" cy="228600"/>
                         </a:xfrm>
@@ -1720,53 +1694,53 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="327CBD8B" id="Rectangle 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.6pt;margin-top:.25pt;width:18.3pt;height:18pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDupDfaGwIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k72QlHSVTVWlBCEV&#10;ilT4AMfr3bXweszYySZ8PWMnTUPhCeEHy+MZH585M7O42Q+G7RR6DbbmxSTnTFkJjbZdzb99Xb+Z&#10;c+aDsI0wYFXND8rzm+XrV4vRVaqEHkyjkBGI9dXoat6H4Kos87JXg/ATcMqSswUcRCATu6xBMRL6&#10;YLIyz6+yEbBxCFJ5T7d3RydfJvy2VTI8tK1XgZmaE7eQdkz7Ju7ZciGqDoXrtTzREP/AYhDa0qdn&#10;qDsRBNui/gNq0BLBQxsmEoYM2lZLlXKgbIr8RTaPvXAq5ULieHeWyf8/WPl59+i+YKTu3T3I755Z&#10;WPXCduoWEcZeiYa+K6JQ2eh8dX4QDU9P2Wb8BA2VVmwDJA32LQ4RkLJj+yT14Sy12gcm6bJ8W04L&#10;KogkV1nOr/JUikxUT48d+vBBwcDioeZIlUzgYnfvQyQjqqeQRB6MbtbamGRgt1kZZDtBVV+nlfhT&#10;jpdhxrKx5tezcpaQf/P5S4g8rb9BDDpQ+xo91Hx+DhJVVO29bVJzBaHN8UyUjT3JGJWLTeqrDTQH&#10;UhHh2Js0S+GBttYAkZNGO856wJ8v72IctQF5OBupf2vuf2wFKs7MR0sVuy6m09jwyZjO3pVk4KVn&#10;c+kRVhJUzQNnx+MqHIdk61B3Pf1UJI0s3FKVW50q8Mz+lBT1aCrMaZ7iEFzaKep56pe/AAAA//8D&#10;AFBLAwQUAAYACAAAACEA9UeicdoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+&#10;h82YeLOLkDYWWRqjqYnHll68DTACLTtL2KVFf73jyZ5eJu/lvW+yzWx7dabRd44NPC4iUMSVqztu&#10;DByK7cMTKB+Qa+wdk4Fv8rDJb28yTGt34R2d96FRUsI+RQNtCEOqta9asugXbiAW78uNFoOcY6Pr&#10;ES9SbnsdR9FKW+xYFloc6LWl6rSfrIGyiw/4syveI7veJuFjLo7T55sx93fzyzOoQHP4D8MfvqBD&#10;Lkylm7j2qjeQxBI0sAQlZrKWN0rR1RJ0nulr+PwXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA7qQ32hsCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA9UeicdoAAAAEAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="64170CAE" id="Rectangle 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.6pt;margin-top:.25pt;width:18.3pt;height:18pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+rovSMwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuEzEQfUfiHyy/k72QlHSVTVWlBCEV&#10;WlH4AMfrzVp4PWbsZFO+nrE3DWnhCbEPlsczPj5zZmYXV4fesL1Cr8HWvJjknCkrodF2W/NvX9dv&#10;5pz5IGwjDFhV80fl+dXy9avF4CpVQgemUcgIxPpqcDXvQnBVlnnZqV74CThlydkC9iKQidusQTEQ&#10;em+yMs8vsgGwcQhSeU+nN6OTLxN+2yoZ7trWq8BMzYlbSCumdRPXbLkQ1RaF67Q80hD/wKIX2tKj&#10;J6gbEQTbof4DqtcSwUMbJhL6DNpWS5VyoGyK/EU2D51wKuVC4nh3ksn/P1j5eX+PTDc1L6ecWdFT&#10;jb6QasJujWJ0RgINzlcU9+DuMabo3S3I755ZWHUUpq4RYeiUaIhWEeOzZxei4ekq2wyfoCF4sQuQ&#10;tDq02EdAUoEdUkkeTyVRh8AkHZZvy2lBhZPkKsv5RZ5Klonq6bJDHz4o6Fnc1ByJewIX+1sfIhlR&#10;PYUk8mB0s9bGJAO3m5VBthfUHev0Jf6U43mYsWyo+eWsnCXkZz5/DpGn728QvQ7U5kb3NZ+fgkQV&#10;VXtvm9SEQWgz7omysUcZo3JjBTbQPJKKCGMP08yFO1paA0ROGu046wB/vjyLcdQu5OFsoD6vuf+x&#10;E6g4Mx8tVeyymE7jYCRjOntXkoHnns25R1hJUDUPnI3bVRiHaedQbzt6qUgaWbimKrc6VSB2wMj+&#10;mBT1cirMce7isJzbKer332H5CwAA//8DAFBLAwQUAAYACAAAACEA9UeicdoAAAAEAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLOLkDYWWRqjqYnHll68DTACLTtL2KVFf73jyZ5e&#10;Ju/lvW+yzWx7dabRd44NPC4iUMSVqztuDByK7cMTKB+Qa+wdk4Fv8rDJb28yTGt34R2d96FRUsI+&#10;RQNtCEOqta9asugXbiAW78uNFoOcY6PrES9SbnsdR9FKW+xYFloc6LWl6rSfrIGyiw/4syveI7ve&#10;JuFjLo7T55sx93fzyzOoQHP4D8MfvqBDLkylm7j2qjeQxBI0sAQlZrKWN0rR1RJ0nulr+PwXAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPq6L0jMCAABlBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9UeicdoAAAAEAQAADwAAAAAAAAAAAAAAAACN&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แผน ก</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
@@ -1806,69 +1780,69 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบ ก(๒)....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3D0FFF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="2B70A595" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39E700A5" wp14:editId="6E108E02">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73C959DE" wp14:editId="0E89919D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>24130</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>31115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="23" name="Rectangle 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1880,137 +1854,137 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="39681213" id="Rectangle 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.9pt;margin-top:2.45pt;width:18pt;height:18pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhANZ1jVXYAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjkFPg0AQhe8m/ofNmHiz&#10;i8UYQZbGaGrisaUXbwM7AsrOEnZp0V/veLLHL+/lva/YLG5QR5pC79nA7SoBRdx423Nr4FBtbx5A&#10;hYhscfBMBr4pwKa8vCgwt/7EOzruY6tkhEOOBroYx1zr0HTkMKz8SCzZh58cRsGp1XbCk4y7Qa+T&#10;5F477FkeOhzpuaPmaz87A3W/PuDPrnpNXLZN49tSfc7vL8ZcXy1Pj6AiLfG/DH/6og6lONV+ZhvU&#10;YCAV8WjgLgMlaZoJ1oJJBros9Ll9+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDjHVjc&#10;FgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDW&#10;dY1V2AAAAAUBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;"/>
+              <v:rect w14:anchorId="7CB91D55" id="Rectangle 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.9pt;margin-top:2.45pt;width:18pt;height:18pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARvK3mLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p0lDO7qo6TR1FCEN&#10;NjH4Aa7jJBaOz5zdpuPXc3a60g2eEHmwfL7z5+++u8vy6tAbtlfoNdiKTyc5Z8pKqLVtK/7t6+bN&#10;gjMfhK2FAasq/qg8v1q9frUcXKkK6MDUChmBWF8OruJdCK7MMi871Qs/AacsORvAXgQysc1qFAOh&#10;9yYr8vwiGwBrhyCV93R6Mzr5KuE3jZLhrmm8CsxUnLiFtGJat3HNVktRtihcp+WRhvgHFr3Qlh49&#10;Qd2IINgO9R9QvZYIHpowkdBn0DRaqpQDZTPNX2Tz0AmnUi4kjncnmfz/g5Wf9/fIdF3x4i1nVvRU&#10;oy+kmrCtUYzOSKDB+ZLiHtw9xhS9uwX53TML647C1DUiDJ0SNdGaxvjs2YVoeLrKtsMnqAle7AIk&#10;rQ4N9hGQVGCHVJLHU0nUITBJh0WxuMipcJJcx318QZRPlx368EFBz+Km4kjcE7jY3/owhj6FJPJg&#10;dL3RxiQD2+3aINsL6o5N+hJ/yvE8zFg2VPxyXswT8jOfP4fI0/c3iF4HanOj+4ovTkGijKq9tzXR&#10;FGUQ2ox7ys7Yo4xRubECW6gfSUWEsYdp5sIdLY0BIieNdpx1gD9fnsU4ahfycDZQn1fc/9gJVJyZ&#10;j5YqdjmdzeJgJGM2f1eQgeee7blHWElQFQ+cjdt1GIdp51C3Hb00TRpZuKYqNzpVIHbAyP6YFPVy&#10;quFx7uKwnNsp6vffYfULAAD//wMAUEsDBBQABgAIAAAAIQDWdY1V2AAAAAUBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI5BT4NAEIXvJv6HzZh4s4vFGEGWxmhq4rGlF28DOwLKzhJ2adFf73iyxy/v5b2v&#10;2CxuUEeaQu/ZwO0qAUXceNtza+BQbW8eQIWIbHHwTAa+KcCmvLwoMLf+xDs67mOrZIRDjga6GMdc&#10;69B05DCs/Egs2YefHEbBqdV2wpOMu0Gvk+ReO+xZHjoc6bmj5ms/OwN1vz7gz656TVy2TePbUn3O&#10;7y/GXF8tT4+gIi3xvwx/+qIOpTjVfmYb1GAgFfFo4C4DJWmaCdaCSQa6LPS5ffkLAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAEbyt5i8CAABlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA1nWNVdgAAAAFAQAADwAAAAAAAAAAAAAAAACJBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>แผน ข</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>............................................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>...................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9B7372" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1B8D1E5F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>ระดับปริญญาเอก</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA88CAA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0FD2E2CE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C24DB4A" wp14:editId="7CFD6365">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EA3E02B" wp14:editId="7FDBAAEF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>27940</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="22" name="Rectangle 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2022,53 +1996,53 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="11192EDC" id="Rectangle 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.6pt;margin-top:2.2pt;width:18pt;height:18pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAKTb5GDZAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO+V+Adrkbi1&#10;NkmEaIhTIVCROLbphZsTL0kgXkex0wa+nuUEx6cZzbxit7hBnHEKvScNtxsFAqnxtqdWw6nar+9B&#10;hGjImsETavjCALvyalWY3PoLHfB8jK3gEQq50dDFOOZShqZDZ8LGj0icvfvJmcg4tdJO5sLjbpCJ&#10;UnfSmZ74oTMjPnXYfB5np6Huk5P5PlQvym33aXxdqo/57Vnrm+vl8QFExCX+leFXn9WhZKfaz2SD&#10;GDSkCRc1ZBkITtMtY82oMpBlIf/blz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4x1Y&#10;3BYCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;pNvkYNkAAAAFAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="7381BDAB" id="Rectangle 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.6pt;margin-top:2.2pt;width:18pt;height:18pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx6yNnLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqafHR9KL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTceIW0opp3cQ1Wy5E2aJwnZZHGuIfWPRCW3r0&#10;BHUrgmBb1H9A9VoieGjCREKfQdNoqVIOlM00f5XNUyecSrmQON6dZPL/D1Z+2T0g03XFi4IzK3qq&#10;0SOpJmxrFKMzEmhwvqS4J/eAMUXv7kB+98zCqqMwdYMIQ6dETbSmMT57cSEanq6yzfAZaoIX2wBJ&#10;q32DfQQkFdg+leRwKonaBybpsCguL3IqnCTXcR9fEOXzZYc+fFTQs7ipOBL3BC52dz6Moc8hiTwY&#10;Xa+1McnAdrMyyHaCumOdvsSfcjwPM5YNFb+aF/OE/MLnzyHy9P0NoteB2tzovuKXpyBRRtU+2Jpo&#10;ijIIbcY9ZWfsUcao3FiBDdQHUhFh7GGauXBPS2OAyEmjHWcd4M/XZzGO2oU8nA3U5xX3P7YCFWfm&#10;k6WKXU1nszgYyZjN3xdk4Llnc+4RVhJUxQNn43YVxmHaOtRtRy9Nk0YWbqjKjU4ViB0wsj8mRb2c&#10;anicuzgs53aK+v13WP4CAAD//wMAUEsDBBQABgAIAAAAIQCk2+Rg2QAAAAUBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7BTsMwEETvlfgHa5G4tTZJhGiIUyFQkTi26YWbEy9JIF5HsdMGvp7lBMenGc28&#10;Yre4QZxxCr0nDbcbBQKp8banVsOp2q/vQYRoyJrBE2r4wgC78mpVmNz6Cx3wfIyt4BEKudHQxTjm&#10;UoamQ2fCxo9InL37yZnIOLXSTubC426QiVJ30pme+KEzIz512HweZ6eh7pOT+T5UL8pt92l8XaqP&#10;+e1Z65vr5fEBRMQl/pXhV5/VoWSn2s9kgxg0pAkXNWQZCE7TLWPNqDKQZSH/25c/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAPHrI2cvAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKTb5GDZAAAABQEAAA8AAAAAAAAAAAAAAAAAiQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบ ๑</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
@@ -2099,69 +2073,69 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบ ๑.๒.....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30295510" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="2853A678" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FDB1EC4" wp14:editId="34380F75">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29398072" wp14:editId="1E01655D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>15875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>45415</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="21" name="Rectangle 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2173,53 +2147,53 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="78B72A0F" id="Rectangle 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.25pt;margin-top:3.6pt;width:18pt;height:18pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJhDm7/bAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjk1PwzAQRO9I/AdrkbhR&#10;B4ePNmRTIVCROLbphZsTb5NAbEex0wZ+PcupHEczevPy9Wx7caQxdN4h3C4SEORqbzrXIOzLzc0S&#10;RIjaGd17RwjfFGBdXF7kOjP+5LZ03MVGMMSFTCO0MQ6ZlKFuyeqw8AM57g5+tDpyHBtpRn1iuO2l&#10;SpIHaXXn+KHVA720VH/tJotQdWqvf7blW2JXmzS+z+Xn9PGKeH01Pz+BiDTH8xj+9FkdCnaq/ORM&#10;ED2CuuchwqMCwW265Fgh3KUKZJHL//bFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDj&#10;HVjcFgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCYQ5u/2wAAAAUBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;"/>
+              <v:rect w14:anchorId="4E4B460A" id="Rectangle 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.25pt;margin-top:3.6pt;width:18pt;height:18pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQFcA+LwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3a7QMUWY6FSaJGKXGyrx8tJ1na7TTMB0EUqafHR9Lzm701bKcwaHAVH49yzpSTUGu3qfi3r6t3&#10;M85CFK4WBpyq+EEFfrN4+2be+VIV0IKpFTICcaHsfMXbGH2ZZUG2yoowAq8cORtAKyKZuMlqFB2h&#10;W5MVeX6VdYC1R5AqBDq9G5x8kfCbRsn40DRBRWYqTtxiWjGt637NFnNRblD4VssjDfEPLKzQjh49&#10;Q92JKNgW9R9QVkuEAE0cSbAZNI2WKuVA2YzzV9k8t8KrlAuJE/xZpvD/YOWX3SMyXVe8GHPmhKUa&#10;PZFqwm2MYnRGAnU+lBT37B+xTzH4e5DfA3OwbClM3SJC1ypRE60Un7240BuBrrJ19xlqghfbCEmr&#10;fYO2ByQV2D6V5HAuidpHJumwKGZXORVOkuu4J0aZKE+XPYb4UYFl/abiSNwTuNjdhziEnkISeTC6&#10;XmljkoGb9dIg2wnqjlX6+nwJPVyGGce6il9Pi2lCfuELlxB5+v4GYXWkNjfaVnx2DhJlr9oHV9Ob&#10;ooxCm2FP7xtHNE7KDRVYQ30gFRGGHqaZiw+0NAaInDTac9YC/nx91sdRu5CHs476vOLhx1ag4sx8&#10;clSx6/Fk0g9GMibT9wUZeOlZX3qEkwRV8cjZsF3GYZi2HvWmpZfGSSMHt1TlRqcK9HkM7I9JUS8n&#10;lY9z1w/LpZ2ifv8dFr8AAAD//wMAUEsDBBQABgAIAAAAIQCYQ5u/2wAAAAUBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI5NT8MwEETvSPwHa5G4UQeHjzZkUyFQkTi26YWbE2+TQGxHsdMGfj3LqRxHM3rz&#10;8vVse3GkMXTeIdwuEhDkam861yDsy83NEkSI2hnde0cI3xRgXVxe5Doz/uS2dNzFRjDEhUwjtDEO&#10;mZShbsnqsPADOe4OfrQ6chwbaUZ9YrjtpUqSB2l15/ih1QO9tFR/7SaLUHVqr3+25VtiV5s0vs/l&#10;5/Txinh9NT8/gYg0x/MY/vRZHQp2qvzkTBA9grrnIcKjAsFtuuRYIdylCmSRy//2xS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkBXAPi8CAABlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmEObv9sAAAAFAQAADwAAAAAAAAAAAAAAAACJBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบ ๒</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
@@ -2252,95 +2226,95 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">แบบ ๒.๒.....................................   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27846855" w14:textId="77777777" w:rsidR="00162E5E" w:rsidRPr="00D61B20" w:rsidRDefault="00162E5E" w:rsidP="005B39C8">
-[...8 lines deleted...]
-    <w:p w14:paraId="6FFF9234" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="2C2614D3" w14:textId="77777777" w:rsidR="00162E5E" w:rsidRPr="00D61B20" w:rsidRDefault="00162E5E" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BF9A437" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ณ มหาวิทยาลัย..................................................................... ประเทศ............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A98C0DD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="431DA959" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65B5D591" wp14:editId="0BCF0242">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="369A735B" wp14:editId="5E484A57">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>571500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>6350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Rectangle 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2352,122 +2326,122 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4CCB0B05" id="Rectangle 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:45pt;margin-top:.5pt;width:18pt;height:18pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAAdAti/bAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj09PwzAMxe9IfIfISNxY&#10;QicNVppOCDQkjlt34ea2pi00TtWkW+HT453YyX+e9d7P2WZ2vTrSGDrPFu4XBhRx5euOGwuHYnv3&#10;CCpE5Bp7z2ThhwJs8uurDNPan3hHx31slJhwSNFCG+OQah2qlhyGhR+IRfv0o8Mo49joesSTmLte&#10;J8astMOOJaHFgV5aqr73k7NQdskBf3fFm3Hr7TK+z8XX9PFq7e3N/PwEKtIc/4/hjC/okAtT6Seu&#10;g+otrI28EmUv5SwnK2lKC8sHAzrP9CV//gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDj&#10;HVjcFgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAHQLYv2wAAAAcBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;"/>
+              <v:rect w14:anchorId="0285D0EB" id="Rectangle 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:45pt;margin-top:.5pt;width:18pt;height:18pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwQk6/LwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqafHR9KL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTceIW0opp3cQ1Wy5E2aJwnZZHGuIfWPRCW3r0&#10;BHUrgmBb1H9A9VoieGjCREKfQdNoqVIOlM00f5XNUyecSrmQON6dZPL/D1Z+2T0g03XFC5LHip5q&#10;9EiqCdsaxeiMBBqcLynuyT1gTNG7O5DfPbOw6ihM3SDC0ClRE61pjM9eXIiGp6tsM3yGmuDFNkDS&#10;at9gHwFJBbZPJTmcSqL2gUk6LIrLi5yYSXId9/EFUT5fdujDRwU9i5uKI3FP4GJ358MY+hySyIPR&#10;9VobkwxsNyuDbCeoO9bpS/wpx/MwY9lQ8at5MU/IL3z+HCJP398geh2ozY3uK355ChJlVO2DrYmm&#10;KIPQZtxTdsYeZYzKjRXYQH0gFRHGHqaZC/e0NAaInDTacdYB/nx9FuOoXcjD2UB9XnH/YytQcWY+&#10;WarY1XQ2i4ORjNn8fWwDPPdszj3CSoKqeOBs3K7COExbh7rt6KVp0sjCDVW50akCsQNG9sekqJdT&#10;DY9zF4fl3E5Rv/8Oy18AAAD//wMAUEsDBBQABgAIAAAAIQAHQLYv2wAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9PT8MwDMXvSHyHyEjcWEInDVaaTgg0JI5bd+HmtqYtNE7VpFvh0+Od2Ml/nvXe&#10;z9lmdr060hg6zxbuFwYUceXrjhsLh2J79wgqROQae89k4YcCbPLrqwzT2p94R8d9bJSYcEjRQhvj&#10;kGodqpYchoUfiEX79KPDKOPY6HrEk5i7XifGrLTDjiWhxYFeWqq+95OzUHbJAX93xZtx6+0yvs/F&#10;1/Txau3tzfz8BCrSHP+P4Ywv6JALU+knroPqLayNvBJlL+UsJytpSgvLBwM6z/Qlf/4HAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAcEJOvy8CAABlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAB0C2L9sAAAAHAQAADwAAAAAAAAAAAAAAAACJBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ด้วยทุน</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ทุนส่วนตัว</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112BAE63" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="63F68D3A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F9644A4" wp14:editId="62D416ED">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1658D51B" wp14:editId="68F43D0E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>571500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>25095</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="19" name="Rectangle 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2479,339 +2453,339 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="078780A6" id="Rectangle 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:45pt;margin-top:2pt;width:18pt;height:18pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAGwhtknaAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY&#10;QkETK00nBBoSx627cHNb0xYap2rSrfDrcU9wsp+e9fy9bDu7Xp1oDJ1nC7crA4q48nXHjYVjsbt5&#10;ABUico29Z7LwTQG2+eVFhmntz7yn0yE2SkI4pGihjXFItQ5VSw7Dyg/E4n340WEUOTa6HvEs4a7X&#10;iTFr7bBj+dDiQM8tVV+HyVkou+SIP/vi1bjN7i6+zcXn9P5i7fXV/PQIKtIc/45hwRd0yIWp9BPX&#10;QfUWNkaqRAv3MhY7WctSLtqAzjP9nz//BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOMd&#10;WNwWAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AGwhtknaAAAABwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="6E594AEA" id="Rectangle 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:45pt;margin-top:2pt;width:18pt;height:18pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmDXjTLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06MpEuMOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqSfyPdLL60Nn2F6h12BLPhmNOVNWQqVtU/JvXzfv&#10;5pz5IGwlDFhV8qPy/Hr19s2yd4XKoQVTKWQEYn3Ru5K3Ibgiy7xsVSf8CJyy5KwBOxHIxCarUPSE&#10;3pksH4+vsh6wcghSeU+nt4OTrxJ+XSsZ7uvaq8BMySm3kFZM6zau2WopigaFa7U8pSH+IYtOaEuP&#10;nqFuRRBsh/oPqE5LBA91GEnoMqhrLVWqgaqZjF9V89QKp1ItRI53Z5r8/4OVX/YPyHRF2i04s6Ij&#10;jR6JNWEboxidEUG98wXFPbkHjCV6dwfyu2cW1i2FqRtE6FslKkprEuOzFxei4ekq2/afoSJ4sQuQ&#10;uDrU2EVAYoEdkiTHsyTqEJikwzyfX41JOEmu0z6+IIrnyw59+KigY3FTcqTcE7jY3/kwhD6HpOTB&#10;6GqjjUkGNtu1QbYX1B2b9KX8qcbLMGNZX/LFLJ8l5Bc+fwkxTt/fIDodqM2N7ko+PweJIrL2wVaU&#10;piiC0GbYU3XGnmiMzA0KbKE6EosIQw/TzIV7WmoDlJw02nHWAv58fRbjqF3Iw1lPfV5y/2MnUHFm&#10;PllSbDGZTuNgJGM6e5+TgZee7aVHWElQJQ+cDdt1GIZp51A3Lb00SRxZuCGVa50UiB0wZH8qino5&#10;aXiauzgsl3aK+v13WP0CAAD//wMAUEsDBBQABgAIAAAAIQBsIbZJ2gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWEJBEytNJwQaEsetu3BzW9MWGqdq0q3w63FPcLKfnvX8&#10;vWw7u16daAydZwu3KwOKuPJ1x42FY7G7eQAVInKNvWey8E0BtvnlRYZp7c+8p9MhNkpCOKRooY1x&#10;SLUOVUsOw8oPxOJ9+NFhFDk2uh7xLOGu14kxa+2wY/nQ4kDPLVVfh8lZKLvkiD/74tW4ze4uvs3F&#10;5/T+Yu311fz0CCrSHP+OYcEXdMiFqfQT10H1FjZGqkQL9zIWO1nLUi7agM4z/Z8//wUAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAmDXjTLwIAAGUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBsIbZJ2gAAAAcBAAAPAAAAAAAAAAAAAAAAAIkEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ทุนอื่น ๆ (โปรดระบุ)...............................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>............</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CDC61C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0494D85E" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>มีกำหนด..................ปี ตั้งแต่</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ภาคการศึกษาที่................................................เป็นต้นไป</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1835F837" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="5D3D5002" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ตั้งแต่</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>วันที่.............................................ถึงวันที่.................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="698019DD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="14334FF8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D8069A5" wp14:editId="4261E031">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CD73087" wp14:editId="666DA134">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>24130</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>33020</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5751195" cy="415925"/>
                 <wp:effectExtent l="0" t="0" r="20955" b="22225"/>
                 <wp:wrapNone/>
                 <wp:docPr id="18" name="Text Box 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5751195" cy="415925"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4BC51BD8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                          <w:p w14:paraId="2A2CE314" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t xml:space="preserve">หมายเหตุ </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>สามารถระบุ หลักสูตร สาขาวิชา และสถานศึกษา ได้ไม่เกิน ๓ ทางเลือก</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="63C9FFD0" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                          <w:p w14:paraId="17104252" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="24"/>
                                 <w:cs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7D8069A5" id="Text Box 18" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:1.9pt;margin-top:2.6pt;width:452.85pt;height:32.75pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaP1QoKAIAAFoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r46DeG2MOEWXrsOA&#10;rh3Q7QMUWY6FyaJGKbG7rx8lu2nWDTsM84EQReqRfCS9uhw6ww4KvQZb8fxsxpmyEmptdxX/+uXm&#10;zQVnPghbCwNWVfxReX65fv1q1btSzaEFUytkBGJ92buKtyG4Msu8bFUn/Bk4ZcnYAHYikIq7rEbR&#10;E3pnsvls9jbrAWuHIJX3dHs9Gvk64TeNkuG+abwKzFSccgtJYpLbKLP1SpQ7FK7VckpD/EMWndCW&#10;gh6hrkUQbI/6N6hOSwQPTTiT0GXQNFqqVANVk89eVPPQCqdSLUSOd0ea/P+DlXeHB/cZWRjewUAN&#10;TEV4dwvym2cWNq2wO3WFCH2rRE2B80hZ1jtfTk8j1b70EWTbf4Kamiz2ARLQ0GAXWaE6GaFTAx6P&#10;pKshMEmXxXmR58uCM0m2RV4s50UKIcqn1w59+KCgY/FQcaSmJnRxuPUhZiPKJ5cYzIPR9Y02Jim4&#10;224MsoOgAbhJ34T+i5uxrK/4sqDYf4eYpe9PEJ0ONMlGdxW/ODqJMtL23tZpzoLQZjxTysZOPEbq&#10;RhLDsB2YrieSI61bqB+JWIRxcGnRwj2JxgClK412nLWAP17eRT+aEbJw1tNwV9x/3wtUnJmPlpq4&#10;zBeLuA1JWRTnc1Lw1LI9tQgrCarigbPxuAnjBu0d6l1LkcaxsXBFjW906slz9lOZNMCpVdOyxQ05&#10;1ZPX8y9h/RMAAP//AwBQSwMEFAAGAAgAAAAhAD6RsADdAAAABgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMzsFOwzAQBNA7Ev9gLRIXRG1a2jQhmwohgeAGBcHVjbdJhL0OsZuGv8ec4Lia1cwrN5OzYqQh&#10;dJ4RrmYKBHHtTccNwtvr/eUaRIiajbaeCeGbAmyq05NSF8Yf+YXGbWxEKuFQaIQ2xr6QMtQtOR1m&#10;vidO2d4PTsd0Do00gz6mcmflXKmVdLrjtNDqnu5aqj+3B4ewvn4cP8LT4vm9Xu1tHi+y8eFrQDw/&#10;m25vQESa4t8z/PITHapk2vkDmyAswiLBI8JyDiKlucqXIHYImcpAVqX8z69+AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAJo/VCgoAgAAWgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAD6RsADdAAAABgEAAA8AAAAAAAAAAAAAAAAAggQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;">
+              <v:shape w14:anchorId="7CD73087" id="Text Box 18" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:1.9pt;margin-top:2.6pt;width:452.85pt;height:32.75pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiXfmhOgIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p2mqhq1R02l0FCEN&#10;hrTxAxzHSSxsn7HdJuPXc3a6rgzEAyIPlu07f3f3fXdZX41akYNwXoKpaD6bUyIMh0aarqJfH3Zv&#10;LinxgZmGKTCioo/C06vN61frwZZiAT2oRjiCIMaXg61oH4Its8zzXmjmZ2CFQWMLTrOAR9dljWMD&#10;omuVLebzt9kArrEOuPAeb28mI90k/LYVPNy1rReBqIpibiGtLq11XLPNmpWdY7aX/JgG+4csNJMG&#10;g56gblhgZO/kb1Bacgce2jDjoDNoW8lFqgGryecvqrnvmRWpFiTH2xNN/v/B8s+HL47IBrVDpQzT&#10;qNGDGAN5ByPBK+RnsL5Et3uLjmHEe/RNtXp7C/ybJwa2PTOduHYOhl6wBvPL48vs7OmE4yNIPXyC&#10;BuOwfYAENLZOR/KQDoLoqNPjSZuYC8fL4qLI81VBCUfbMi9WiyKFYOXTa+t8+CBAk7ipqEPtEzo7&#10;3PoQs2Hlk0sM5kHJZieVSgfX1VvlyIFhn+zSd0T/xU0ZMlR0VWDsv0PM0/cnCC0DNrySuqKXJydW&#10;Rtremya1Y2BSTXtMWZkjj5G6icQw1uMkWQwQOa6heURiHUz9jfMY7nBpFWC6XElLSQ/ux8u76Iet&#10;hBZKBpyBivrve+YEJeqjQRFX+XIZhyYdlsXFAg/u3FKfW5jhCFXRQMm03YZp0PbWya7HSFPbGLhG&#10;4VuZNHnO/lgm9nmS6jiTcZDOz8nr+c+x+QkAAP//AwBQSwMEFAAGAAgAAAAhAD6RsADdAAAABgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMzsFOwzAQBNA7Ev9gLRIXRG1a2jQhmwohgeAGBcHVjbdJhL0O&#10;sZuGv8ec4Lia1cwrN5OzYqQhdJ4RrmYKBHHtTccNwtvr/eUaRIiajbaeCeGbAmyq05NSF8Yf+YXG&#10;bWxEKuFQaIQ2xr6QMtQtOR1mvidO2d4PTsd0Do00gz6mcmflXKmVdLrjtNDqnu5aqj+3B4ewvn4c&#10;P8LT4vm9Xu1tHi+y8eFrQDw/m25vQESa4t8z/PITHapk2vkDmyAswiLBI8JyDiKlucqXIHYImcpA&#10;VqX8z69+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKJd+aE6AgAAgQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD6RsADdAAAABgEAAA8AAAAA&#10;AAAAAAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4BC51BD8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                    <w:p w14:paraId="2A2CE314" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:u w:val="single"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t xml:space="preserve">หมายเหตุ </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:u w:val="single"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>สามารถระบุ หลักสูตร สาขาวิชา และสถานศึกษา ได้ไม่เกิน ๓ ทางเลือก</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="63C9FFD0" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                    <w:p w14:paraId="17104252" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="24"/>
                           <w:cs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726D22DA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0F8F9E82" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:before="360" w:after="240"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>จึงเรียนมาเพื่อโปรดพิจารณาอนุญาต</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FDEF0CA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="13C0AAA9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="3600" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -2832,71 +2806,71 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C86F4C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="615FC92B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="3600" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(ลงชื่อ).....................................................ผู้ขออนุญาต</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52625807" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="32B5642B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -2927,51 +2901,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  (..............................................)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D7DED5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="73D08E86" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -2992,51 +2966,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ตำแหน่ง...................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718C667F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="22F8A0C5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -3067,92 +3041,92 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>วันเดือนปี..................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3244FD2A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="373C633C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB104CF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="22B7BB15" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="711236CA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7D90D6A3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
@@ -3187,51 +3161,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(ลงชื่อ)..........................................ผู้บังคับบัญชาชั้นต้น</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62CCC90F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="38872C64" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -3262,51 +3236,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>(...........................................)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654A3105" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="34BED7DD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -3327,149 +3301,149 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ตำแหน่ง...................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A476E39" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="186C0378" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="515C5FA4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="02CDBF54" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FCDF5BC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="2A31BDDA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="3600" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(ลงชื่อ).....................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B59215C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="514D20D9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="3600" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">          (..............................................)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2561AE20" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="16F20EB5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="3600" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">       ประธานอาจารย์ผู้รับผิดชอบหลักสูตร (ถ้ามี)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F61C416" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="5F2B027B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="3600" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>สาขาวิชา.................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54AC5E40" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="100B0287" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -3510,73 +3484,73 @@
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>วันเดือนปี..................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A8AA6B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="116CA05B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="289EBDAA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0F507617" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CDEE0B9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1CCEF838" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
@@ -3611,51 +3585,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(ลายมือชื่อ)..........................................หัวหน้าส่วนงาน</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5FFB5D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4B154819" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -3686,51 +3660,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> (................................................)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263AF6D4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0A7BB310" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -3751,51 +3725,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ตำแหน่ง.................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1BE6E7" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="46912755" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -3826,284 +3800,307 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>วันเดือนปี....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D395A3" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
+    <w:p w14:paraId="499EBC66" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25208265" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
+    <w:p w14:paraId="69AE6AB2" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B371556" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
+    <w:p w14:paraId="6340201B" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B3A6A5F" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
+    <w:p w14:paraId="2E1C85CD" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B0F882A" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
+    <w:p w14:paraId="1745C2B8" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DE7A24E" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
+    <w:p w14:paraId="6A4BDDFD" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A4A4528" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
+    <w:p w14:paraId="7B90283F" w14:textId="77777777" w:rsidR="00E52CE7" w:rsidRDefault="00E52CE7" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E4BD98F" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
+    <w:p w14:paraId="6464E3F5" w14:textId="77777777" w:rsidR="00E52CE7" w:rsidRDefault="00E52CE7" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EE62E79" w14:textId="77777777" w:rsidR="006202DA" w:rsidRPr="00D61B20" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
+    <w:p w14:paraId="0D8A1D93" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E87EED2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="069D55A4" w14:textId="77777777" w:rsidR="006202DA" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6D0269F1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CEB21C2" w14:textId="77777777" w:rsidR="006202DA" w:rsidRPr="00D61B20" w:rsidRDefault="006202DA" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="77FB82FF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="437AFD9F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="674A23EE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6060970C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="748FA2D7" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4566F922" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FE29E61" wp14:editId="73E2BC43">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16CE32F7" wp14:editId="7F85F6DB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4739005</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-571500</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1028700" cy="359410"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="17" name="Text Box 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1028700" cy="359410"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="42493FD6" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                          <w:p w14:paraId="05504532" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00117AFF">
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>ส่วนที่ ๑</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3FE29E61" id="Text Box 17" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:373.15pt;margin-top:-45pt;width:81pt;height:28.3pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAccQU+JwIAADEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayZE2MOEWXLsOA&#10;bh3Q7QMUWY6FyaJGKbGzry8lp2mQ3YbpIIgi9Ug+Pi1v+9awg0KvwZZ8PMo5U1ZCpe2u5D9/bN7N&#10;OfNB2EoYsKrkR+X57ertm2XnCjWBBkylkBGI9UXnSt6E4Ios87JRrfAjcMqSswZsRSATd1mFoiP0&#10;1mSTPP+QdYCVQ5DKe7q9H5x8lfDrWsnwWNdeBWZKTrWFtGPat3HPVktR7FC4RstTGeIfqmiFtpT0&#10;DHUvgmB71H9BtVoieKjDSEKbQV1rqVIP1M04v+rmqRFOpV6IHO/ONPn/Byu/HZ7cd2Sh/wg9DTA1&#10;4d0DyF+eWVg3wu7UHSJ0jRIVJR5HyrLO+eL0NFLtCx9Btt1XqGjIYh8gAfU1tpEV6pMROg3geCZd&#10;9YHJmDKfzG9ycknyvZ8tpuM0lUwUL68d+vBZQcvioeRIQ03o4vDgQ6xGFC8hMZkHo6uNNiYZuNuu&#10;DbKDIAFs0koNXIUZy7qSL2aTWUK2EN8nbbQ6kECNbks+z+MaJBPZ+GSrFBKENsOZKjH2RE9kZOAm&#10;9Nue6arkk/g2srWF6kh8IQx6pP8THmmrDVAV0mjHWQP45/ouxtHoycNZR5otuf+9F6g4M18szWYx&#10;nk6jyJMxnd1MyMBLz/bSI6wkqJIHzobjOgwfY+9Q7xrKNKjBwh3Ns9aJ6tfqT22SLtMETn8oCv/S&#10;TlGvP331DAAA//8DAFBLAwQUAAYACAAAACEAIyO2LN4AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPz06DQBDG7ya+w2ZMvJh2URAKsjRqovHa2gdY2CkQ2VnCbgt9e8eTPc43v3x/yu1iB3HGyfeO&#10;FDyuIxBIjTM9tQoO3x+rDQgfNBk9OEIFF/SwrW5vSl0YN9MOz/vQCjYhX2gFXQhjIaVvOrTar92I&#10;xL+jm6wOfE6tNJOe2dwO8imKUml1T5zQ6RHfO2x+9ier4Pg1Pzznc/0ZDtkuSd90n9XuotT93fL6&#10;AiLgEv5h+KvP1aHiTrU7kfFiUJAlacyoglUe8Sgm8mjDSs1KHCcgq1Jeb6h+AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhABxxBT4nAgAAMQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhACMjtizeAAAACwEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" stroked="f">
+              <v:shape w14:anchorId="16CE32F7" id="Text Box 17" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:373.15pt;margin-top:-45pt;width:81pt;height:28.3pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2heVJOgIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO0zAQvSPxD5bvNGloaRs1XS1dipAW&#10;FmmXD3AcJ7FwPMZ2m5Sv37HTlqrcEDlYHs/4zcx746zvhk6Rg7BOgi7odJJSIjSHSuqmoD9edu+W&#10;lDjPdMUUaFHQo3D0bvP2zbo3ucigBVUJSxBEu7w3BW29N3mSON6KjrkJGKHRWYPtmEfTNkllWY/o&#10;nUqyNP2Q9GArY4EL5/D0YXTSTcSva8H9U1074YkqKNbm42rjWoY12axZ3lhmWslPZbB/qKJjUmPS&#10;C9QD84zsrfwLqpPcgoPaTzh0CdS15CL2gN1M05tunltmROwFyXHmQpP7f7D82+G7JbJC7RaUaNah&#10;Ri9i8OQjDASPkJ/euBzDng0G+gHPMTb26swj8J+OaNi2TDfi3lroW8EqrG8abiZXV0ccF0DK/itU&#10;mIftPUSgobZdIA/pIIiOOh0v2oRaeEiZZstFii6Ovvfz1WwaxUtYfr5trPOfBXQkbApqUfuIzg6P&#10;zodqWH4OCckcKFntpFLRsE25VZYcGM7JLn6xgZswpUlf0NU8m0dkDeF+HKFOepxjJbuCLtPwjZMV&#10;2PikqxjimVTjHitR+kRPYGTkxg/lEJXIzqyXUB2RLwvj2OIz80+41AqwCq6koaQF+/v2LMThhKCH&#10;kh5Hu6Du155ZQYn6olGb1XQ2C28hGrP5IkPDXnvKaw/THKEK6ikZt1s/vp+9sbJpMdM4DRruUc9a&#10;RqqD8GP1pzZxfKMCp6cW3se1HaP+/BA2rwAAAP//AwBQSwMEFAAGAAgAAAAhACMjtizeAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj89Og0AQxu8mvsNmTLyYdlEQCrI0aqLx2toHWNgpENlZwm4L&#10;fXvHkz3ON798f8rtYgdxxsn3jhQ8riMQSI0zPbUKDt8fqw0IHzQZPThCBRf0sK1ub0pdGDfTDs/7&#10;0Ao2IV9oBV0IYyGlbzq02q/diMS/o5usDnxOrTSTntncDvIpilJpdU+c0OkR3ztsfvYnq+D4NT88&#10;53P9GQ7ZLknfdJ/V7qLU/d3y+gIi4BL+Yfirz9Wh4k61O5HxYlCQJWnMqIJVHvEoJvJow0rNShwn&#10;IKtSXm+ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB2heVJOgIAAFgEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAjI7Ys3gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="42493FD6" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                    <w:p w14:paraId="05504532" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00117AFF">
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:u w:val="single"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>ส่วนที่ ๑</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -4142,71 +4139,71 @@
         </w:rPr>
         <w:t>ภายในประเทศ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ต่างประเทศ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225151C8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1A705DE7" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C5D4C0D" wp14:editId="023B765A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="515C3A8D" wp14:editId="5A3F0AF6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>150495</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2019300" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="16" name="Straight Arrow Connector 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2019300" cy="0"/>
                         </a:xfrm>
@@ -4221,364 +4218,364 @@
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="23E96257" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="30B0AABA" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape id="Straight Arrow Connector 16" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:0;margin-top:11.85pt;width:159pt;height:0;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0mtuxtwEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YydFiNOD2k6y7d&#10;FqDdBzCSbAuTRYFUYufvJ6lJWmy3YT4Ikig+vvdIr+/m0YmjIbboW7lc1FIYr1Bb37fy5/PDh89S&#10;cASvwaE3rTwZlneb9+/WU2jMCgd02pBIIJ6bKbRyiDE0VcVqMCPwAoPxKdghjRDTkfpKE0wJfXTV&#10;qq4/VROSDoTKMKfb+5eg3BT8rjMq/ug6NlG4ViZusaxU1n1eq80amp4gDFadacA/sBjB+lT0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp+3PodZepq9k/hEdUvFh63&#10;A/jeFALPp5Aat8xWVVPg5pqSDxx2JPbTN9TpDRwiFhfmjsYMmfSJuZh9uppt5ihUukx6bz/WqSfq&#10;EquguSQG4vjV4CjyppUcCWw/xC16n1qKtCxl4PjIMdOC5pKQq3p8sM6Vzjovplbe3qxuSgKjszoH&#10;8zOmfr91JI6QZ6N8RWOKvH1GePC6gA0G9JfzPoJ1L/tU3PmzNdmNPHrc7FGfdnSxLDWvsDwPWp6O&#10;t+eS/fo7bH4DAAD//wMAUEsDBBQABgAIAAAAIQDvYp042wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcEHWSCighm6pC4sCRthJXN16SQLyOYqcJ/XoWcaDHmVnNvC3Ws+vU&#10;kYbQekZIFwko4srblmuE/e7ldgUqRMPWdJ4J4ZsCrMvLi8Lk1k/8RsdtrJWUcMgNQhNjn2sdqoac&#10;CQvfE0v24Qdnosih1nYwk5S7TmdJcq+daVkWGtPTc0PV13Z0CBTGuzTZPLp6/3qabt6z0+fU7xCv&#10;r+bNE6hIc/w/hl98QYdSmA5+ZBtUhyCPRIRs+QBK0mW6EuPwZ+iy0Of45Q8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEANJrbsbcBAABWAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA72KdONsAAAAGAQAADwAAAAAAAAAAAAAAAAARBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;">
+              <v:shape id="Straight Arrow Connector 16" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:0;margin-top:11.85pt;width:159pt;height:0;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPC5pi0QEAAI0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5xkaLEacYoiXXfp&#10;tgDpfgAjybYwWRQoJU7+/SjlY912G+qDIIrkI98jvbg/DE7sDUWLvpGzyVQK4xVq67tG/nh5+vBJ&#10;ipjAa3DoTSOPJsr75ft3izHUZo49Om1IMIiP9Rga2acU6qqKqjcDxAkG49nZIg2Q2KSu0gQjow+u&#10;mk+nt9WIpAOhMjHy6+PJKZcFv22NSt/bNpokXCO5t1ROKuc2n9VyAXVHEHqrzm3Af3QxgPVc9Ar1&#10;CAnEjuw/UINVhBHbNFE4VNi2VpnCgdnMpn+x2fQQTOHC4sRwlSm+Haz6tl+TsJpndyuFh4FntEkE&#10;tuuTeCDCUazQe9YRSXAI6zWGWHPayq8pM1YHvwnPqH5G4XHVg+9M6fvlGBhrljOqP1KyEQNX3Y5f&#10;UXMM7BIW8Q4tDRmSZRGHMqPjdUbmkITiR5bp7uOUR6kuvgrqS2KgmL4YHES+NDKeiVwZzEoZ2D/H&#10;lNuC+pKQq3p8ss6VhXBejI28u5nflISIzurszGGRuu3KkdhDXqnyFY7seR1GuPO6gPUG9OfzPYF1&#10;pzsXd/4sTVbjpOsW9XFNF8l45qXL837mpXptl+zff9HyFwAAAP//AwBQSwMEFAAGAAgAAAAhAO9i&#10;nTjbAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdZIKKCGbqkLiwJG2&#10;Elc3XpJAvI5ipwn9ehZxoMeZWc28Ldaz69SRhtB6RkgXCSjiytuWa4T97uV2BSpEw9Z0ngnhmwKs&#10;y8uLwuTWT/xGx22slZRwyA1CE2Ofax2qhpwJC98TS/bhB2eiyKHWdjCTlLtOZ0lyr51pWRYa09Nz&#10;Q9XXdnQIFMa7NNk8unr/eppu3rPT59TvEK+v5s0TqEhz/D+GX3xBh1KYDn5kG1SHII9EhGz5AErS&#10;ZboS4/Bn6LLQ5/jlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPC5pi0QEAAI0DAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvYp042wAAAAYB&#10;AAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;">
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BB23D9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="63CF2482" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>๑. ประวัติส่วนตัว</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5B0C88" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1CB874E8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๑.๑ ชื่อภาษาไทย....................................................ภาษาอังกฤษ.............................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FC88EF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6B69AE69" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๑.๒ วัน เดือน ปีเกิด.........................................................................อายุ...............................ปี</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="601E1642" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="5054F2F2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๑.๓ วุฒิการศึกษาเดิม (ระบุทุกหัวข้อ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D48CF38" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="65F9110B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">(     )  ปริญญาตรี </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>หลักสูตร................................สาขาวิชา..................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D42911A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1F0FB8C0" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>คณะ......................................มหาวิทยาลัย............................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC572BB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="392F6ADA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ประเทศ.................................ปี พ.ศ. .....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ACF3326" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6B230383" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">(     )  ปริญญาโท </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>หลักสูตร................................สาขาวิชา..................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E9E9A8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="394A9C05" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>คณะ......................................มหาวิทยาลัย............................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB5BC5B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7E504727" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ประเทศ.................................ปี พ.ศ. .....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3007BF3C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="68C68D1D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">(     )  ปริญญาเอก </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>หลักสูตร................................สาขาวิชา..................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344021E9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="24208BBF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>คณะ......................................มหาวิทยาลัย............................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B61BB91" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0F9DDBAE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">ประเทศ.................................ปี พ.ศ. ..................................... </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F656DF0" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="36016C04" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๑</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -4590,457 +4587,447 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๔ กรณีเคย</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ไป</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">ศึกษา เคยไปครั้งสุดท้าย </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413755DF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6F99AC11" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ณ ประเทศ........</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.............................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E62302" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="756B077A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">ตั้งแต่วันที่...................................................ถึงวันที่......................................................... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D9B2C8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="260AC48A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๑.๕  จำนวนวันปฏิบัติงานจนถึงวันขออนุญาต รวมเป็นเวลา.................ปี............เดือน...............วัน</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27AC7F32" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0622A74C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="540"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>โดยเริ่มเข้าปฏิบัติงานเป็นบุคลากรประเภท (พนักงานมหาวิทยาลัย/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ข้าราชการ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F987828" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7A78B4D2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="540"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ตั้งแต่วันที่..................................................... ถึงวันที่.....................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37466BF3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="03BDCE8F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>๑.๖  ขณะนี้เป็นบุคลากรประเภท (พนักงานมหาวิทยาลัย/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ข้าราชการ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23A825D1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="23A9F794" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="540" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">ตำแหน่ง............................................ ตำแหน่งในหลักสูตร............................................. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BF82EB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4A8BA203" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1260"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">สังกัดหลักสูตร.................................................. สังกัดหน่วยงาน.................................... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420E297E" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="69D31E3C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1260"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ระดับ..................................ขั้น/เงินเดือน...........................บาท</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345AA27D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="633BD922" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๑.๗ สถานที่ติดต่อ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>............</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1418557A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0A05D86D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="540"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>หมายเลขโทรศัพท์ ที่ทำงาน.............................................. มือถือ.........................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0493E86A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1D4C96BB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:after="240" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="540"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> address</w:t>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>e-mail address</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>..........................................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>...........</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3947DBBD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1E3F4234" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>๒. ข้อมูลการไปสมัครเข้าศึกษาหรือไปสมัครสอบ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C5A21A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7BDB7631" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">๒.๑ ระดับการศึกษา </w:t>
@@ -5107,51 +5094,51 @@
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">ปริญญาเอก  </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E381630" wp14:editId="08B811D3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F94741B" wp14:editId="3D370980">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1078865</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>323850</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="15" name="Rectangle 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -5163,222 +5150,222 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0F7EDD06" id="Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:84.95pt;margin-top:25.5pt;width:18pt;height:18pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhABS8jPreAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;3aCWJsSpEKhIHNv0ws2JlyQQr6PYaQNfz3Iqx5l9mp3Jt7PrxQnH0HnSsFwoEEi1tx01Go7l7m4D&#10;IkRD1vSeUMM3BtgW11e5yaw/0x5Ph9gIDqGQGQ1tjEMmZahbdCYs/IDEtw8/OhNZjo20ozlzuOtl&#10;otRaOtMRf2jNgM8t1l+HyWmouuRofvblq3Lp7j6+zeXn9P6i9e3N/PQIIuIcLzD81efqUHCnyk9k&#10;g+hZr9OUUQ2rJW9iIFErNioNmwcFssjl/wXFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAUvIz63gAAAAkBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;"/>
+              <v:rect w14:anchorId="72855740" id="Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:84.95pt;margin-top:25.5pt;width:18pt;height:18pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDj8oZvLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqSfyPdKL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTccotpBXTuolrtlyIskXhOi2PaYh/yKIX2tKj&#10;J6hbEQTbov4DqtcSwUMTJhL6DJpGS5VqoGqm+atqnjrhVKqFyPHuRJP/f7Dyy+4Bma5JuzlnVvSk&#10;0SOxJmxrFKMzImhwvqS4J/eAsUTv7kB+98zCqqMwdYMIQ6dETWlNY3z24kI0PF1lm+Ez1AQvtgES&#10;V/sG+whILLB9kuRwkkTtA5N0WBSXFzkJJ8l13McXRPl82aEPHxX0LG4qjpR7Ahe7Ox/G0OeQlDwY&#10;Xa+1McnAdrMyyHaCumOdvpQ/1XgeZiwbKn41L+YJ+YXPn0Pk6fsbRK8DtbnRfcUvT0GijKx9sDWl&#10;KcogtBn3VJ2xRxojc6MCG6gPxCLC2MM0c+GelsYAJSeNdpx1gD9fn8U4ahfycDZQn1fc/9gKVJyZ&#10;T5YUu5rOZnEwkjGbvy/IwHPP5twjrCSoigfOxu0qjMO0dajbjl6aJo4s3JDKjU4KxA4Ysz8WRb2c&#10;NDzOXRyWcztF/f47LH8BAAD//wMAUEsDBBQABgAIAAAAIQAUvIz63gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2glibEqRCoSBzb9MLNiZckEK+j2GkDX89yKseZfZqd&#10;ybez68UJx9B50rBcKBBItbcdNRqO5e5uAyJEQ9b0nlDDNwbYFtdXucmsP9MeT4fYCA6hkBkNbYxD&#10;JmWoW3QmLPyAxLcPPzoTWY6NtKM5c7jrZaLUWjrTEX9ozYDPLdZfh8lpqLrkaH725aty6e4+vs3l&#10;5/T+ovXtzfz0CCLiHC8w/NXn6lBwp8pPZIPoWa/TlFENqyVvYiBRKzYqDZsHBbLI5f8FxS8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4/KGby8CAABlBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFLyM+t4AAAAJAQAADwAAAAAAAAAAAAAAAACJ&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE87B03" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="2D522392" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ภายในประเทศ (โปรดระบุ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC40B70" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="432B75ED" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-546" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">โดยใช้เวลาในการปฏิบัติงานเต็มเวลา     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F7B083" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7557CF6C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-546" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>โดยใช้เวลาในการปฏิบัติงานบางส่วน (ไม่เกิน ๖ ชม./สัปดาห์)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3B6FEE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="44BD69A1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-546" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>โดยไม่ใช้เวลาในการปฏิบัติงาน</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C41A4E0" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="318A2805" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="189082BA" wp14:editId="7AF3E073">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0374373D" wp14:editId="1C77DA6E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1078865</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Rectangle 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -5390,181 +5377,192 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1CC439E3" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:84.95pt;margin-top:-.05pt;width:18pt;height:18pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAKN2x+zdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxa&#10;u6lakRCnQqAi9dimF26beEkCsR3FThv4epYTnFZPM5qdyXez7cWFxtB5p2G1VCDI1d50rtFwLveL&#10;BxAhojPYe0cavijArri9yTEz/uqOdDnFRnCICxlqaGMcMilD3ZLFsPQDOdbe/WgxMo6NNCNeOdz2&#10;MlFqKy12jj+0ONBzS/XnabIaqi454/exfFU23a/jYS4/prcXre/v5qdHEJHm+GeG3/pcHQruVPnJ&#10;mSB65m2aslXDYgWC9URtmCsNa76yyOX/AcUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOMdWNwWAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKN2x+zdAAAACAEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="56F2F91A" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:84.95pt;margin-top:-.05pt;width:18pt;height:18pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADpQjuLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqSfyPdKL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTccotpBXTuolrtlyIskXhOi2PaYh/yKIX2tKj&#10;J6hbEQTbov4DqtcSwUMTJhL6DJpGS5VqoGqm+atqnjrhVKqFyPHuRJP/f7Dyy+4Bma5JuxlnVvSk&#10;0SOxJmxrFKMzImhwvqS4J/eAsUTv7kB+98zCqqMwdYMIQ6dETWlNY3z24kI0PF1lm+Ez1AQvtgES&#10;V/sG+whILLB9kuRwkkTtA5N0WBSXFzkJJ8l13McXRPl82aEPHxX0LG4qjpR7Ahe7Ox/G0OeQlDwY&#10;Xa+1McnAdrMyyHaCumOdvpQ/1XgeZiwbKn41L+YJ+YXPn0Pk6fsbRK8DtbnRfcUvT0GijKx9sDWl&#10;KcogtBn3VJ2xRxojc6MCG6gPxCLC2MM0c+GelsYAJSeNdpx1gD9fn8U4ahfycDZQn1fc/9gKVJyZ&#10;T5YUu5rOZnEwkjGbvy/IwHPP5twjrCSoigfOxu0qjMO0dajbjl6aJo4s3JDKjU4KxA4Ysz8WRb2c&#10;NDzOXRyWcztF/f47LH8BAAD//wMAUEsDBBQABgAIAAAAIQCjdsfs3QAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrupWpEQp0KgIvXYphdum3hJArEdxU4b+HqWE5xWTzOa&#10;ncl3s+3FhcbQeadhtVQgyNXedK7RcC73iwcQIaIz2HtHGr4owK64vckxM/7qjnQ5xUZwiAsZamhj&#10;HDIpQ92SxbD0AznW3v1oMTKOjTQjXjnc9jJRaistdo4/tDjQc0v152myGqouOeP3sXxVNt2v42Eu&#10;P6a3F63v7+anRxCR5vhnht/6XB0K7lT5yZkgeuZtmrJVw2IFgvVEbZgrDWu+ssjl/wHFDwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQADpQjuLwIAAGUEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCjdsfs3QAAAAgBAAAPAAAAAAAAAAAAAAAAAIkE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ณ ต่างประเทศ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5EEDAE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1C2E1C30" w14:textId="77777777" w:rsidR="00441963" w:rsidRPr="00D61B20" w:rsidRDefault="00441963" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFC2525" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>๒.๓ แผนการเรียน..............................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD110E9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7729CFC2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>๒</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๔ ชื่อหลักสูตร................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5882BFA4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1A144515" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="-726" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">๒.๕ หลักสูตรการศึกษาของสถาบันการศึกษาหรือสถาบันวิชาชีพ ใช้เวลาศึกษา..............ปี </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFEE04E" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="16AAF6FF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78F69588" wp14:editId="26D3890E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D037B70" wp14:editId="49A34A7C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1419860</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>287655</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -5576,67 +5574,67 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="41F5E717" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:111.8pt;margin-top:22.65pt;width:18pt;height:18pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAA1eCzbfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;XcqmrTSdEGhIHLfuwi1tTFtonKpJt8LTY05wtP3p9/fnu9n14oxj6DxpWC4SEEi1tx01Gk7l/m4D&#10;IkRD1vSeUMMXBtgV11e5yay/0AHPx9gIDqGQGQ1tjEMmZahbdCYs/IDEt3c/OhN5HBtpR3PhcNdL&#10;lSRr6UxH/KE1Az61WH8eJ6eh6tTJfB/Kl8Rt92l8ncuP6e1Z69ub+fEBRMQ5/sHwq8/qULBT5Sey&#10;QfQalErXjGq4X6UgGFCrLS8qDZtlCrLI5f8GxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA4x1Y3BYCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEADV4LNt8AAAAJAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="01358C9F" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:111.8pt;margin-top:22.65pt;width:18pt;height:18pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhDkHcLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p0lDO7qo6TR1FCEN&#10;NjH4Aa7jJBaOz5zdpuPXc3a60g2eEHmwfL7z57vvu8vy6tAbtlfoNdiKTyc5Z8pKqLVtK/7t6+bN&#10;gjMfhK2FAasq/qg8v1q9frUcXKkK6MDUChmBWF8OruJdCK7MMi871Qs/AacsORvAXgQysc1qFAOh&#10;9yYr8vwiGwBrhyCV93R6Mzr5KuE3jZLhrmm8CsxUnHILacW0buOarZaibFG4TstjGuIfsuiFtvTo&#10;CepGBMF2qP+A6rVE8NCEiYQ+g6bRUqUaqJpp/qKah044lWohcrw70eT/H6z8vL9HpmvS7i1nVvSk&#10;0RdiTdjWKEZnRNDgfElxD+4eY4ne3YL87pmFdUdh6hoRhk6JmtKaxvjs2YVoeLrKtsMnqAle7AIk&#10;rg4N9hGQWGCHJMnjSRJ1CEzSYVEsLnISTpLruI8viPLpskMfPijoWdxUHCn3BC72tz6MoU8hKXkw&#10;ut5oY5KB7XZtkO0FdccmfSl/qvE8zFg2VPxyXswT8jOfP4fI0/c3iF4HanOj+4ovTkGijKy9tzWl&#10;KcogtBn3VJ2xRxojc6MCW6gfiUWEsYdp5sIdLY0BSk4a7TjrAH++PItx1C7k4WygPq+4/7ETqDgz&#10;Hy0pdjmdzeJgJGM2f1eQgeee7blHWElQFQ+cjdt1GIdp51C3Hb00TRxZuCaVG50UiB0wZn8sino5&#10;aXicuzgs53aK+v13WP0CAAD//wMAUEsDBBQABgAIAAAAIQANXgs23wAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF3Kpq00nRBoSBy37sItbUxbaJyqSbfC02NOcLT96ff3&#10;57vZ9eKMY+g8aVguEhBItbcdNRpO5f5uAyJEQ9b0nlDDFwbYFddXucmsv9ABz8fYCA6hkBkNbYxD&#10;JmWoW3QmLPyAxLd3PzoTeRwbaUdz4XDXS5Uka+lMR/yhNQM+tVh/HienoerUyXwfypfEbfdpfJ3L&#10;j+ntWevbm/nxAUTEOf7B8KvP6lCwU+UnskH0GpRK14xquF+lIBhQqy0vKg2bZQqyyOX/BsUPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACEOQdwvAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAA1eCzbfAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;iQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C3DA14D" wp14:editId="0361B7D4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="186D45E0" wp14:editId="331E5926">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>16510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>280670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="Rectangle 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -5648,157 +5646,157 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="618FCCE6" id="Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:22.1pt;width:18pt;height:18pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAOc1TPrbAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNyo&#10;TVpVIWRTIVCROLbphdsmXpJAbEex06b9esyJHkczevPyzWx6ceTRd84iPC4UCLa1051tEA7l9iEF&#10;4QNZTb2zjHBmD5vi9ianTLuT3fFxHxoRIdZnhNCGMGRS+rplQ37hBrax+3KjoRDj2Eg90inCTS8T&#10;pdbSUGfjQ0sDv7Zc/+wng1B1yYEuu/JdmaftMnzM5ff0+YZ4fze/PIMIPIf/MfzpR3UoolPlJqu9&#10;6BGSdRwirFYJiFgv05grhFQlIItcXusXvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDj&#10;HVjcFgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDnNUz62wAAAAYBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;"/>
+              <v:rect w14:anchorId="55C5B664" id="Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:22.1pt;width:18pt;height:18pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBWc9dLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqSfyPdKL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTccotpBXTuolrtlyIskXhOi2PaYh/yKIX2tKj&#10;J6hbEQTbov4DqtcSwUMTJhL6DJpGS5VqoGqm+atqnjrhVKqFyPHuRJP/f7Dyy+4Bma5Ju4IzK3rS&#10;6JFYE7Y1itEZETQ4X1Lck3vAWKJ3dyC/e2Zh1VGYukGEoVOiprSmMT57cSEanq6yzfAZaoIX2wCJ&#10;q32DfQQkFtg+SXI4SaL2gUk6LIrLi5yEk+Q67uMLony+7NCHjwp6FjcVR8o9gYvdnQ9j6HNISh6M&#10;rtfamGRgu1kZZDtB3bFOX8qfajwPM5YNFb+aF/OE/MLnzyHy9P0NoteB2tzovuKXpyBRRtY+2JrS&#10;FGUQ2ox7qs7YI42RuVGBDdQHYhFh7GGauXBPS2OAkpNGO846wJ+vz2IctQt5OBuozyvuf2wFKs7M&#10;J0uKXU1nszgYyZjN3xdk4Llnc+4RVhJUxQNn43YVxmHaOtRtRy9NE0cWbkjlRicFYgeM2R+Lol5O&#10;Gh7nLg7LuZ2ifv8dlr8AAAD//wMAUEsDBBQABgAIAAAAIQDnNUz62wAAAAYBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7BTsMwEETvSPyDtUjcqE1aVSFkUyFQkTi26YXbJl6SQGxHsdOm/XrMiR5HM3rz&#10;8s1senHk0XfOIjwuFAi2tdOdbRAO5fYhBeEDWU29s4xwZg+b4vYmp0y7k93xcR8aESHWZ4TQhjBk&#10;Uvq6ZUN+4Qa2sftyo6EQ49hIPdIpwk0vE6XW0lBn40NLA7+2XP/sJ4NQdcmBLrvyXZmn7TJ8zOX3&#10;9PmGeH83vzyDCDyH/zH86Ud1KKJT5SarvegRknUcIqxWCYhYL9OYK4RUJSCLXF7rF78AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAwVnPXS8CAABlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5zVM+tsAAAAGAQAADwAAAAAAAAAAAAAAAACJBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>สาขาวิชา.............................................................. คณะ................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EEFCF21" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="37D2493D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ภาคปกติ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ภาคพิเศษ (สมทบ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E9E0B5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="19507045" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>ระดับปริญญาตรี/ปริญญาโท</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475E50AD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="3DEFC901" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56D603F9" wp14:editId="6B635DFE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E4ED82E" wp14:editId="21C81A3B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Rectangle 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -5810,53 +5808,53 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6F8BA72A" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.6pt;margin-top:.25pt;width:18pt;height:18pt;z-index:251689984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAP2nOG7ZAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMjkFPg0AUhO8m/ofNM/Fm&#10;FyFtLLI0RlMTjy29eHvAE2jZt4RdWvTX+zzZ02Qyk5kv28y2V2cafefYwOMiAkVcubrjxsCh2D48&#10;gfIBucbeMRn4Jg+b/PYmw7R2F97ReR8aJSPsUzTQhjCkWvuqJYt+4QZiyb7caDGIHRtdj3iRcdvr&#10;OIpW2mLH8tDiQK8tVaf9ZA2UXXzAn13xHtn1Ngkfc3GcPt+Mub+bX55BBZrDfxn+8AUdcmEq3cS1&#10;V72BJJaigSUoCZO1uFJ0tQSdZ/oaPv8FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4x1Y&#10;3BYCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;/ac4btkAAAAEAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="35A85C1A" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.6pt;margin-top:.25pt;width:18pt;height:18pt;z-index:251689984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgpywELwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3a7QMUWY6FSaJGKXGyrx8tJ1na7TTMB0EUqafHR9Lzm701bKcwaHAVH49yzpSTUGu3qfi3r6t3&#10;M85CFK4WBpyq+EEFfrN4+2be+VIV0IKpFTICcaHsfMXbGH2ZZUG2yoowAq8cORtAKyKZuMlqFB2h&#10;W5MVeX6VdYC1R5AqBDq9G5x8kfCbRsn40DRBRWYqTtxiWjGt637NFnNRblD4VssjDfEPLKzQjh49&#10;Q92JKNgW9R9QVkuEAE0cSbAZNI2WKuVA2YzzV9k8t8KrlAuJE/xZpvD/YOWX3SMyXVPtxpw5YalG&#10;T6SacBujGJ2RQJ0PJcU9+0fsUwz+HuT3wBwsWwpTt4jQtUrURCvFZy8u9Eagq2zdfYaa4MU2QtJq&#10;36DtAUkFtk8lOZxLovaRSTositlVToWT5DruiVEmytNljyF+VGBZv6k4EvcELnb3IQ6hp5BEHoyu&#10;V9qYZOBmvTTIdoK6Y5W+Pl9CD5dhxrGu4tfTYpqQX/jCJUSevr9BWB2pzY22FZ+dg0TZq/bB1fSm&#10;KKPQZtjT+8YRjZNyQwXWUB9IRYShh2nm4gMtjQEiJ432nLWAP1+f9XHULuThrKM+r3j4sRWoODOf&#10;HFXsejyZ9IORjMn0fUEGXnrWlx7hJEFVPHI2bJdxGKatR71p6aVx0sjBLVW50akCfR4D+2NS1MtJ&#10;5ePc9cNyaaeo33+HxS8AAAD//wMAUEsDBBQABgAIAAAAIQD9pzhu2QAAAAQBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI5BT4NAFITvJv6HzTPxZhchbSyyNEZTE48tvXh7wBNo2beEXVr01/s82dNkMpOZ&#10;L9vMtldnGn3n2MDjIgJFXLm648bAodg+PIHyAbnG3jEZ+CYPm/z2JsO0dhfe0XkfGiUj7FM00IYw&#10;pFr7qiWLfuEGYsm+3GgxiB0bXY94kXHb6ziKVtpix/LQ4kCvLVWn/WQNlF18wJ9d8R7Z9TYJH3Nx&#10;nD7fjLm/m1+eQQWaw38Z/vAFHXJhKt3EtVe9gSSWooElKAmTtbhSdLUEnWf6Gj7/BQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAKCnLAQvAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP2nOG7ZAAAABAEAAA8AAAAAAAAAAAAAAAAAiQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แผน ก</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
@@ -5896,69 +5894,69 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบ ก(๒)....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0849DD49" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="32FEFF36" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E19C0BF" wp14:editId="1D0459BF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14A301C8" wp14:editId="4C881FE9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>16510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12395</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Rectangle 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -5970,129 +5968,129 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="464E7179" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:1pt;width:18pt;height:18pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhACpbePLZAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZoTe7&#10;awqlxmyKKC14bNOLt0kyJtHsbMhu2uivd3rS0+PxHm++ybaz69WZxtB5tvCwNKCIK1933Fg4Fbv7&#10;DagQkWvsPZOFbwqwzW9vMkxrf+EDnY+xUTLCIUULbYxDqnWoWnIYln4gluzDjw6j2LHR9YgXGXe9&#10;ToxZa4cdy4UWB3ppqfo6Ts5C2SUn/DkUe+Med6v4Nhef0/urtYu7+fkJVKQ5/pXhii/okAtT6Seu&#10;g+otJGspishDkq42YsurGtB5pv/T578AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4x1Y&#10;3BYCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;Klt48tkAAAAFAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="476018B0" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.3pt;margin-top:1pt;width:18pt;height:18pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBA8KKFLgIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqafHR9KL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTceIW0opp3cQ1Wy5E2aJwnZZHGuIfWPRCW3r0&#10;BHUrgmBb1H9A9VoieGjCREKfQdNoqVIOlM00f5XNUyecSrmQON6dZPL/D1Z+2T0g0zXVjuSxoqca&#10;PZJqwrZGMTojgQbnS4p7cg8YU/TuDuR3zyysOgpTN4gwdErURGsa47MXF6Lh6SrbDJ+hJnixDZC0&#10;2jfYR0BSge1TSQ6nkqh9YJIOi+LyIidmklzHfXxBlM+XHfrwUUHP4qbiSNwTuNjd+TCGPock8mB0&#10;vdbGJAPbzcog2wnqjnX6En/K8TzMWDZU/GpezBPyC58/h8jT9zeIXgdqc6P7il+egkQZVftga6Ip&#10;yiC0GfeUnbFHGaNyYwU2UB9IRYSxh2nmwj0tjQEiJ412nHWAP1+fxThqF/JwNlCfV9z/2ApUnJlP&#10;lip2NZ3N4mAkYzZ/X5CB557NuUdYSVAVD5yN21UYh2nrULcdvTRNGlm4oSo3OlUgdsDI/pgU9XKq&#10;4XHu4rCc2ynq999h+QsAAP//AwBQSwMEFAAGAAgAAAAhACpbePLZAAAABQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FLw0AQhe+C/2EZoTe7awqlxmyKKC14bNOLt0kyJtHsbMhu2uivd3rS0+PxHm++&#10;ybaz69WZxtB5tvCwNKCIK1933Fg4Fbv7DagQkWvsPZOFbwqwzW9vMkxrf+EDnY+xUTLCIUULbYxD&#10;qnWoWnIYln4gluzDjw6j2LHR9YgXGXe9ToxZa4cdy4UWB3ppqfo6Ts5C2SUn/DkUe+Med6v4Nhef&#10;0/urtYu7+fkJVKQ5/pXhii/okAtT6Seug+otJGspishDkq42YsurGtB5pv/T578AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAQPCihS4CAABlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAKlt48tkAAAAFAQAADwAAAAAAAAAAAAAAAACIBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>แผน ข</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>...............................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BAE43B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7B9177E8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>ระดับปริญญาเอก</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D27370" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="16B1EF74" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AF3BF9D" wp14:editId="040AD1F7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D3D07B6" wp14:editId="495D9155">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>27940</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Rectangle 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -6104,53 +6102,53 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7F77CC53" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.6pt;margin-top:2.2pt;width:18pt;height:18pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAKTb5GDZAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO+V+Adrkbi1&#10;NkmEaIhTIVCROLbphZsTL0kgXkex0wa+nuUEx6cZzbxit7hBnHEKvScNtxsFAqnxtqdWw6nar+9B&#10;hGjImsETavjCALvyalWY3PoLHfB8jK3gEQq50dDFOOZShqZDZ8LGj0icvfvJmcg4tdJO5sLjbpCJ&#10;UnfSmZ74oTMjPnXYfB5np6Huk5P5PlQvym33aXxdqo/57Vnrm+vl8QFExCX+leFXn9WhZKfaz2SD&#10;GDSkCRc1ZBkITtMtY82oMpBlIf/blz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4x1Y&#10;3BYCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;pNvkYNkAAAAFAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="394E86C6" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.6pt;margin-top:2.2pt;width:18pt;height:18pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYP6zdLgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06MpEuMOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqafHR9LL60Nn2F6h12BLPhmNOVNWQqVtU/JvXzfv&#10;5pz5IGwlDFhV8qPy/Hr19s2yd4XKoQVTKWQEYn3Ru5K3Ibgiy7xsVSf8CJyy5KwBOxHIxCarUPSE&#10;3pksH4+vsh6wcghSeU+nt4OTrxJ+XSsZ7uvaq8BMyYlbSCumdRvXbLUURYPCtVqeaIh/YNEJbenR&#10;M9StCILtUP8B1WmJ4KEOIwldBnWtpUo5UDaT8atsnlrhVMqFxPHuLJP/f7Dyy/4Bma5KvuDMio5K&#10;9EiiCdsYxRZRnt75gqKe3APGBL27A/ndMwvrlqLUDSL0rRIVkZrE+OzFhWh4usq2/WeoCF3sAiSl&#10;DjV2EZA0YIdUkOO5IOoQmKTDPJ9fjalsklynfXxBFM+XHfrwUUHH4qbkSNQTuNjf+TCEPock8mB0&#10;tdHGJAOb7dog2wvqjU36En/K8TLMWNaTOrN8lpBf+PwlxDh9f4PodKAmN7or+fwcJIqo2gdbEU1R&#10;BKHNsKfsjD3JGJUbKrCF6kgqIgwdTBMX7mmpDRA5abTjrAX8+fosxlGzkIeznrq85P7HTqDizHyy&#10;VLHFZDqNY5GM6ex9TgZeeraXHmElQZU8cDZs12EYpZ1D3bT00iRpZOGGqlzrVIHYAQP7U1LUyamG&#10;p6mLo3Jpp6jf/4bVLwAAAP//AwBQSwMEFAAGAAgAAAAhAKTb5GDZAAAABQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMjsFOwzAQRO+V+Adrkbi1NkmEaIhTIVCROLbphZsTL0kgXkex0wa+nuUEx6cZzbxi&#10;t7hBnHEKvScNtxsFAqnxtqdWw6nar+9BhGjImsETavjCALvyalWY3PoLHfB8jK3gEQq50dDFOOZS&#10;hqZDZ8LGj0icvfvJmcg4tdJO5sLjbpCJUnfSmZ74oTMjPnXYfB5np6Huk5P5PlQvym33aXxdqo/5&#10;7Vnrm+vl8QFExCX+leFXn9WhZKfaz2SDGDSkCRc1ZBkITtMtY82oMpBlIf/blz8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAmD+s3S4CAABjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEApNvkYNkAAAAFAQAADwAAAAAAAAAAAAAAAACIBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบ ๑</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
@@ -6190,69 +6188,69 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">................. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบ ๑.๒........................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A37EE3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="433BE578" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E25A1BC" wp14:editId="74BA7B31">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="259D36E8" wp14:editId="1B5031A2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>15875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>38430</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Rectangle 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -6264,53 +6262,53 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6248DEDB" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.25pt;margin-top:3.05pt;width:18pt;height:18pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAPsUCWfaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjkFPg0AQhe8m/ofNmHiz&#10;C1SbShkao6mJx5ZevA0wBZTdJezSor/e8aTHl/fyvS/bzqZXZx595yxCvIhAsa1c3dkG4Vjs7tag&#10;fCBbU+8sI3yxh21+fZVRWruL3fP5EBolEOtTQmhDGFKtfdWyIb9wA1vpTm40FCSOja5Hugjc9DqJ&#10;opU21Fl5aGng55arz8NkEMouOdL3vniNzONuGd7m4mN6f0G8vZmfNqACz+FvDL/6og65OJVusrVX&#10;PULyIEOEVQxK2uVaYolwn8Sg80z/t89/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOMd&#10;WNwWAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APsUCWfaAAAABQEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="03289D25" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.25pt;margin-top:3.05pt;width:18pt;height:18pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMtFFOLQIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqSfyPdKL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTccotpBXTuolrtlyIskXhOi2PaYh/yKIX2tKj&#10;J6hbEQTbov4DqtcSwUMTJhL6DJpGS5VqoGqm+atqnjrhVKqFyPHuRJP/f7Dyy+4Bma4rTkJZ0ZNE&#10;j0SasK1R7DLSMzhfUtSTe8BYoHd3IL97ZmHVUZS6QYShU6KmpKYxPntxIRqerrLN8BlqQhfbAImp&#10;fYN9BCQO2D4JcjgJovaBSTosisuLnGST5Dru4wuifL7s0IePCnoWNxVHSj2Bi92dD2Poc0hKHoyu&#10;19qYZGC7WRlkO0G9sU5fyp9qPA8zlg0Vv5oX84T8wufPIfL0/Q2i14Ga3OieWD4FiTKy9sHWlKYo&#10;g9Bm3FN1xh5pjMyNCmygPhCLCGMH08SFe1oaA5ScNNpx1gH+fH0W46hZyMPZQF1ecf9jK1BxZj5Z&#10;UuxqOpvFsUjGbP6+IAPPPZtzj7CSoCoeOBu3qzCO0tahbjt6aZo4snBDKjc6KRA7YMz+WBR1ctLw&#10;OHVxVM7tFPX737D8BQAA//8DAFBLAwQUAAYACAAAACEA+xQJZ9oAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyOQU+DQBCF7yb+h82YeLMLVJtKGRqjqYnHll68DTAFlN0l7NKiv97xpMeX9/K9L9vO&#10;pldnHn3nLEK8iECxrVzd2QbhWOzu1qB8IFtT7ywjfLGHbX59lVFau4vd8/kQGiUQ61NCaEMYUq19&#10;1bIhv3ADW+lObjQUJI6Nrke6CNz0OomilTbUWXloaeDnlqvPw2QQyi450ve+eI3M424Z3ubiY3p/&#10;Qby9mZ82oALP4W8Mv/qiDrk4lW6ytVc9QvIgQ4RVDEra5VpiiXCfxKDzTP+3z38AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEADLRRTi0CAABjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA+xQJZ9oAAAAFAQAADwAAAAAAAAAAAAAAAACHBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบ ๒</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
@@ -6334,126 +6332,126 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">แบบ ๒.๑............................................ </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบ๒.๒.........................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F476CDC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6BDF0C80" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๒.๖ สาขาวิชา....................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4227F5B6" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="66EF7785" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๒</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๗ ชื่อคุณวุฒิ...................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="120A0D07" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0BC90E40" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">๒.๘ ลักษณะการเรียนการสอน </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A28B14" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="3B345410" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
@@ -6528,146 +6526,146 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> ทำวิจัย </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BE4752" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6189C719" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๒.๙ ลักษณะเนื้อหาวิชา เกี่ยวกับ/เน้นทางด้าน................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C2F273" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7DA7E963" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
-      <w:bookmarkStart w:id="2" w:name="OLE_LINK2"/>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1BDC0191" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    </w:p>
+    <w:p w14:paraId="2DB17CF8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๒</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๑๐ ความสัมพันธ์กับหลักสูตรต้นสังกัด (อธิบายถึงความสัมพันธ์ที่เกี่ยวข้อง)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6234DEB5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0D13EF44" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2150A717" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="50CECDE2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๒.๑๑ ชื่อสถานศึกษา................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ประเท</w:t>
@@ -6687,344 +6685,324 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>......</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E26CEF6" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="28BD2A33" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21DE7049" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7C08AADC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>๓</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>หลักฐานที่แนบประกอบการพิจารณา</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D866DD8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="738FACEF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>๓.๑ หลักสูตรการศึกษา (ต้องมี)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5930E2B1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="69EA4622" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>๓.๒ แผนพัฒนาตนเอง (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>IDP</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>) (ต้องมี)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43757771" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="5B916330" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๓.๓ เอกสาร/แผนการศึกษาต่อของส่วนงาน/หน่วยงาน (ถ้ามี)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C740D69" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7397044C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๓</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๔ ประกาศรับสมัคร/ใบสมัครเข้าศึกษาต่อ (ถ้ามี)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B332313" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="038CCBFA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53D57701" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4B79ECBE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ข้าพเจ้าขอรับรองว่า เป็นผู้มีคุณสมบัติในการขออนุญาตไปสมัคร</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>เข้าศึกษาหรือไปสมัคร</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>สอบเพื่อศึกษา และได้ศึกษารายละเอียดของประกาศคณะกรรมการบริหารงานบุคคลมหาวิทยาลัยแม่</w:t>
+        <w:t>สอบเพื่อศึกษา และได้ศึกษารายละเอียดของประกาศคณะกรรมการบริหารงานบุคคลมหาวิทยาลัยแม่โจ้ (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>โจ้</w:t>
+        <w:t>ก.บ.ม</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">.) เกี่ยวกับการลาศึกษา และหลักเกณฑ์อื่น ๆ ที่เกี่ยวข้อง เป็นอย่างดีแล้ว </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4338CE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1F7C1456" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10E70FB4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7624DC83" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B523034" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7F2C9369" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -7046,51 +7024,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>(ลายมือชื่อ)..........................................(ผู้ขออนุญาต)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0FFD20" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6C200CDE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -7112,51 +7090,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">            (..............................................)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6EA457" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="249A85E1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -7177,51 +7155,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ตำแหน่ง.................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C07D79C" w14:textId="1BB19645" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="001640E4">
+    <w:p w14:paraId="570ECB80" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="001640E4">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
@@ -7263,298 +7241,299 @@
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>วันเดือนปี...................................</w:t>
       </w:r>
       <w:r w:rsidR="001640E4">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457D6307" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
+    <w:p w14:paraId="6DA1C144" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48ECEB40" w14:textId="38AC4FC7" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="718050C0" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3114F519" wp14:editId="0C0B81F3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E8CD509" wp14:editId="2BD5BB86">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4772025</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-531495</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1028700" cy="359410"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Text Box 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1028700" cy="359410"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="43C0EE4B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                          <w:p w14:paraId="5A25C5D8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00117AFF">
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>ส่วนที่ ๒</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3114F519" id="Text Box 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:375.75pt;margin-top:-41.85pt;width:81pt;height:28.3pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSIQsqJwIAADEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayZE2MOEWXLsOA&#10;bh3Q7QMUWY6FyaJGKbGzry8lp2mQ3YbpIIgi9Ug+Pi1v+9awg0KvwZZ8PMo5U1ZCpe2u5D9/bN7N&#10;OfNB2EoYsKrkR+X57ertm2XnCjWBBkylkBGI9UXnSt6E4Ios87JRrfAjcMqSswZsRSATd1mFoiP0&#10;1mSTPP+QdYCVQ5DKe7q9H5x8lfDrWsnwWNdeBWZKTrWFtGPat3HPVktR7FC4RstTGeIfqmiFtpT0&#10;DHUvgmB71H9BtVoieKjDSEKbQV1rqVIP1M04v+rmqRFOpV6IHO/ONPn/Byu/HZ7cd2Sh/wg9DTA1&#10;4d0DyF+eWVg3wu7UHSJ0jRIVJR5HyrLO+eL0NFLtCx9Btt1XqGjIYh8gAfU1tpEV6pMROg3geCZd&#10;9YHJmDKfzG9ycknyvZ8tpuM0lUwUL68d+vBZQcvioeRIQ03o4vDgQ6xGFC8hMZkHo6uNNiYZuNuu&#10;DbKDIAFs0koNXIUZy7qSL2aTWUK2EN8nbbQ6kECNbks+z+MaJBPZ+GSrFBKENsOZKjH2RE9kZOAm&#10;9Nue6Yq6i28jW1uojsQXwqBH+j/hkbbaAFUhjXacNYB/ru9iHI2ePJx1pNmS+997gYoz88XSbBbj&#10;6TSKPBnT2c2EDLz0bC89wkqCKnngbDiuw/Ax9g71rqFMgxos3NE8a52ofq3+1CbpMk3g9Iei8C/t&#10;FPX601fPAAAA//8DAFBLAwQUAAYACAAAACEASmI75d8AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwW7CMAyG75P2DpEn7TJBWlgJlKZom7RpVxgP4LahrWicqgm0vP280zj696ffn7PdZDtxNYNv&#10;HWmI5xEIQ6WrWqo1HH8+Z2sQPiBV2DkyGm7Gwy5/fMgwrdxIe3M9hFpwCfkUNTQh9KmUvmyMRT93&#10;vSHendxgMfA41LIacORy28lFFK2kxZb4QoO9+WhMeT5crIbT9/iSbMbiKxzV/nX1jq0q3E3r56fp&#10;bQsimCn8w/Cnz+qQs1PhLlR50WlQSZwwqmG2XioQTGziJScFJwsVg8wzef9D/gsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDSIQsqJwIAADEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBKYjvl3wAAAAsBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="6E8CD509" id="Text Box 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:375.75pt;margin-top:-41.85pt;width:81pt;height:28.3pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPtuPHOgIAAFYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+ykSZpYcaouXaZJ&#10;3Tqp3Q/AGMdowDEgsbNf3wMnWdS9TfMDAu747u777ry667UiB+G8BFPS8SinRBgOtTS7kv542X5Y&#10;UOIDMzVTYERJj8LTu/X7d6vOFmICLahaOIIgxhedLWkbgi2yzPNWaOZHYIVBYwNOs4BHt8tqxzpE&#10;1yqb5Pk868DV1gEX3uPtw2Ck64TfNIKHp6bxIhBVUswtpNWltYprtl6xYueYbSU/pcH+IQvNpMGg&#10;F6gHFhjZO/kXlJbcgYcmjDjoDJpGcpFqwGrG+ZtqnltmRaoFyfH2QpP/f7D82+G7I7Iu6ZwSwzRK&#10;9CL6QD5CT+aRnc76Ap2eLbqFHq9R5VSpt4/Af3piYNMysxP3zkHXClZjduP4Mrt6OuD4CFJ1X6HG&#10;MGwfIAH1jdOROiSDIDqqdLwoE1PhMWQ+WdzmaOJou5ktp+MkXcaK82vrfPgsQJO4KalD5RM6Ozz6&#10;ELNhxdklBvOgZL2VSqWD21Ub5ciBYZds05cKeOOmDOlKupxNZgnZQHyfGkjLgF2spC7pIo/f0FeR&#10;jU+mTi6BSTXsMRNlTvRERgZuQl/1SYebM+sV1Efky8HQtDhk4QmXRgFmwZW0lLTgfr+9i37YH2ih&#10;pMPGLqn/tWdOUKK+GNRmOZ5O4ySkw3R2O8GDu7ZU1xZmOEKVNFAybDdhmJ69dXLXYqShGwzco56N&#10;TFRH4YfsT2Vi8yYFToMWp+P6nLz+/A7WrwAAAP//AwBQSwMEFAAGAAgAAAAhAEpiO+XfAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAMhu+T9g6RJ+0yQVpYCZSmaJu0aVcYD+C2oa1onKoJ&#10;tLz9vNM4+ven35+z3WQ7cTWDbx1piOcRCEOlq1qqNRx/PmdrED4gVdg5MhpuxsMuf3zIMK3cSHtz&#10;PYRacAn5FDU0IfSplL5sjEU/d70h3p3cYDHwONSyGnDkctvJRRStpMWW+EKDvfloTHk+XKyG0/f4&#10;kmzG4isc1f519Y6tKtxN6+en6W0LIpgp/MPwp8/qkLNT4S5UedFpUEmcMKphtl4qEExs4iUnBScL&#10;FYPMM3n/Q/4LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz7bjxzoCAABWBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASmI75d8AAAALAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="43C0EE4B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+                    <w:p w14:paraId="5A25C5D8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00117AFF" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00117AFF">
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:u w:val="single"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>ส่วนที่ ๒</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบคำรับรองของผู้บังคับบัญชา</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4409E106" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="62A6CA1D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ในการพิจารณาให้ผู้ปฏิบัติงานในมหาวิทยาลัยไปสมัครเข้าศึกษาหรือไปสมัครสอบ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0A76CD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="33A497D2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">ภายในประเทศหรือต่างประเทศ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E7C653A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4C613299" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(โปรดพิมพ์ หรือเขียนตัวบรรจง)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554411E0" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="47DEF338" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3084EDCB" wp14:editId="76A34628">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4187C3E5" wp14:editId="1072F539">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>121285</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2162810" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Straight Arrow Connector 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2162810" cy="0"/>
                         </a:xfrm>
@@ -7569,439 +7548,439 @@
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="11965B09" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:0;margin-top:9.55pt;width:170.3pt;height:0;z-index:251685888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDi63oDtwEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L44NtOiMOD2k6y7d&#10;FqDtBzCSbAuTRYFU4uTvJ6lJVmy3YT4IlEg+Pj7Sq/vj5MTBEFv0nawXSymMV6itHzr5+vL46U4K&#10;juA1OPSmkyfD8n798cNqDq1pcESnDYkE4rmdQyfHGENbVaxGMwEvMBifnD3SBDFdaag0wZzQJ1c1&#10;y+VtNSPpQKgMc3p9eHPKdcHve6Pij75nE4XrZOIWy0nl3OWzWq+gHQjCaNWZBvwDiwmsT0WvUA8Q&#10;QezJ/gU1WUXI2MeFwqnCvrfKlB5SN/Xyj26eRwim9JLE4XCVif8frPp+2PgtZerq6J/DE6qfLDxu&#10;RvCDKQReTiENrs5SVXPg9pqSLxy2JHbzN9QpBvYRiwrHnqYMmfoTxyL26Sq2OUah0mNT3zZ3dZqJ&#10;uvgqaC+JgTh+NTiJbHSSI4EdxrhB79NIkepSBg5PHDMtaC8JuarHR+tcmazzYu7k55vmpiQwOquz&#10;M4cxDbuNI3GAvBvlKz0mz/swwr3XBWw0oL+c7QjWvdmpuPNnabIaefW43aE+bekiWRpeYXletLwd&#10;7+8l+/fvsP4FAAD//wMAUEsDBBQABgAIAAAAIQBhN8qO2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BbsIwEETvlfoP1lbiUhU7tEUlxEEIqYceC0i9mnhJAvE6ih2S8vXdqodynJnVzNtsNbpG&#10;XLALtScNyVSBQCq8ranUsN+9P72BCNGQNY0n1PCNAVb5/V1mUusH+sTLNpaCSyikRkMVY5tKGYoK&#10;nQlT3yJxdvSdM5FlV0rbmYHLXSNnSs2lMzXxQmVa3FRYnLe904Chf03UeuHK/cd1ePyaXU9Du9N6&#10;8jCulyAijvH/GH7xGR1yZjr4nmwQjQZ+JLK7SEBw+vyi5iAOf4bMM3mLn/8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEA4ut6A7cBAABWAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAYTfKjtsAAAAGAQAADwAAAAAAAAAAAAAAAAARBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;">
+              <v:shape w14:anchorId="7C1ED540" id="Straight Arrow Connector 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:0;margin-top:9.55pt;width:170.3pt;height:0;z-index:251685888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAP82Uz0AEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDujWNLWW2tOKsq2+1l&#10;20bK9gMmgG1UzKCBxM7fF4iT3ba3qj4gYHhv5r0Zrx+mwbCTIq/RNrxcLDlTVqDUtmv4j5enD/ec&#10;+QBWgkGrGn5Wnj9s3r9bj65WFfZopCIWSayvR9fwPgRXF4UXvRrAL9ApG4Mt0gAhHqkrJMEY2QdT&#10;VMvlXTEiSUcolPfx9vES5JvM37ZKhO9t61VgpuGxtpBXyushrcVmDXVH4Hot5jLgH6oYQNuY9Eb1&#10;CAHYkfRfVIMWhB7bsBA4FNi2WqisIaopl3+o2ffgVNYSzfHuZpP/f7Ti22lHTMuGrzizMMQW7QOB&#10;7vrAPhHhyLZobbQRia2SW6PzdQRt7Y6SXjHZvXtG8dMzi9sebKdy1S9nF6nKhCh+g6SDdzHnYfyK&#10;Mr6BY8Bs3dTSkCijKWzKHTrfOqSmwES8rMq76r6MjRTXWAH1FejIhy8KB5Y2DfezjpuAMqeB07MP&#10;qSyor4CU1eKTNiaPg7FsbPjHVbXKAI9GyxRMzzx1h60hdoI0UPnLGmPk7TPCo5WZrFcgP8/7ANpc&#10;9jG5sbM1yY2LrweU5x1dLYsdz1XO05lG6u05o1//oc0vAAAA//8DAFBLAwQUAAYACAAAACEAYTfK&#10;jtsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9ZW4lIVO7RFJcRBCKmHHgtI&#10;vZp4SQLxOoodkvL13aqHcpyZ1czbbDW6RlywC7UnDclUgUAqvK2p1LDfvT+9gQjRkDWNJ9TwjQFW&#10;+f1dZlLrB/rEyzaWgksopEZDFWObShmKCp0JU98icXb0nTORZVdK25mBy10jZ0rNpTM18UJlWtxU&#10;WJy3vdOAoX9N1Hrhyv3HdXj8ml1PQ7vTevIwrpcgIo7x/xh+8RkdcmY6+J5sEI0GfiSyu0hAcPr8&#10;ouYgDn+GzDN5i5//AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA/zZTPQAQAAiwMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGE3yo7bAAAABgEA&#10;AA8AAAAAAAAAAAAAAAAAKgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;">
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6E93DF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4F258ACD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>เหตุผลความจำเป็นในการให้</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> ชื่อ................................... นามสกุล.................................... ไปสมัครเข้าศึกษาหรือไปสมัครสอบ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="402B8F27" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6E4AC40B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="621FAD66" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="454FD793" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">คำชี้แจงของหน่วยงาน (ข้อคิดเห็นของประธานอาจารย์ผู้รับผิดชอบหลักสูตร และผู้บังคับบัญชาตามลำดับ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744C00E9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="230E0CBA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>โดยประธานอาจารย์ผู้รับผิดชอบหลักสูตร เป็นผู้กรอกข้อมูล)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CBE933" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6D0B0BBE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">๑. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>เหตุผลและความจำเป็นในการให้บุคลากรไปสมัครเข้าศึกษาหรือไปสมัครสอบพิจารณา</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">ตามหัวข้อที่สำคัญ (**) ดังนี้ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03BE1B6E" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="5BCE5F7F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:right="-183" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(    )  </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>สาขาวิชาที่จะไปศึกษาตรง/สอดคล้องกับหน้าที่ที่ปฏิบัติหรือสาขาวิชาที่สอน</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2EEC88" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1732857F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-183" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>อยู่</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> (หากไม่ตรงกับหน้าที่ที่ปฏิบัติหรือสาขาวิชาที่สอนอยู่ สาขาวิชาที่จะขอไป</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3634DF45" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0838245E" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-183" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ศึกษาจะนำมาพัฒนาหน่วยงานในด้าน...............................................................)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256626F2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6CD7EBB5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">(    ) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>สาขาวิชาที่ไปศึกษาสอดคล้องกับการเป็น</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>อาจารย์ผู้รับผิดชอบหลักสูตรระดั</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>บ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF0D353" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="327A7C7C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>บัณฑิตศึกษา</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E806F2" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="20067318" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">สาขาวิชาที่ไปศึกษาสอดคล้องกับมาตรฐานกำหนดตำแหน่งที่ปฏิบัติงานอยู่ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="575F4C0D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="327A3596" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>และมีความจำเป็น</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF57C44" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="15669B7A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">(    )  </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>คุณวุฒิการศึกษาของบุคลากรตรงกับสาขาที่จะไปศึกษา</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DAD2BF9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1C6764F3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -8022,543 +8001,495 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>สอดคล้องกับแผนพัฒนาบุคลากรรายบุคคล (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>IDP</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">) ** </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077CBF42" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="459878A5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">(    ) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>มีแหล่งทุนสนับสนุนในการไปศึกษา</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">** </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C20B9C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="05593EE4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>(ไม่รวมกองทุนพัฒนาบุคลากรมหาวิทยาลัยแม่</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="4A444832" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+        <w:t>(ไม่รวมกองทุนพัฒนาบุคลากรมหาวิทยาลัยแม่โจ้)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCE6859" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-21"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">(    ) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>สาขาวิชาที่จะไปศึกษามีความจำเป็นซึ่งเป็นสาขาวิชาที่ขาดแคลน และมีอาจารย์</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38928EEA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="48860F06" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-21" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">สอนไม่เพียงพอ (วิเคราะห์ตามค่า </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>APS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69817E4C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="59FB3A36" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="720" w:right="-6" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">มีเวลากลับมาปฏิบัติงานชดใช้ได้ครบก่อนเกษียณอายุ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D71AE7" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="15F50C13" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="2160" w:right="-6"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ซึ่งรวมถึงการปฏิบัติงานชดใช้การไปศึกษา ฝึกอบรม หรือวิจัย เดิมที่ค้างอยู่ด้วย</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="022FDBF9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="74DD024D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-6"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>มีวันปฏิบั</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ติงานเป็นบุคลากรติดต่อกันมาแล้ว</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">เป็นเวลาไม่น้อยกว่า ๑ ปี </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0116A0F3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="5DAE3629" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-6" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>นับถึงวันกำหนดออกเดินทาง</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C293450" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7F60BC33" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:right="-6"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>มีอายุไม่เกิน ๔๕ ปี นับถึงวันเริ่มต้นเปิดภาคการศึกษา</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C8CE14" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="3D20F3A7" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:right="-6"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>พ้นการทดลองปฏิบัติหน้าที่ปฏิบัติงานแล้ว</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3996A703" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="343022B6" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:right="-6"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">พ้นการทดลองปฏิบัติหน้าที่ปฏิบัติงานแล้ว แต่ปฏิบัติงานยังไม่ครบ ๑ ปี </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6391FE72" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="35B0802D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-6" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">โดยสังกัดมีความจำเป็นอย่างยิ่งที่จะให้ไปศึกษา </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72DB4BE1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4F3212F1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-6" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>(โดยมีรายละเอียดเหตุผลและความจำเป็นแนบท้าย)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06DEA2FF" w14:textId="77777777" w:rsidR="001640E4" w:rsidRDefault="001640E4" w:rsidP="005B39C8">
-[...35 lines deleted...]
-    <w:p w14:paraId="61FAE93A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4F0D8429" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="00441963" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-6"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B39C8" w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
         <w:t>(    )</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D61B20">
+      <w:r w:rsidR="005B39C8" w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">มีความรู้ภาษาต่างประเทศที่จะใช้ในการศึกษาได้ตามที่ ก.พ. กำหนด </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D244E3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="54940637" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="2160" w:right="-6"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>IELTS,TOFEL</w:t>
       </w:r>
@@ -8609,176 +8540,177 @@
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>.....................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>........</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA9AB1B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4DBF4658" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:right="-6"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ไม่อยู่ระหว่างถูกตั้งกรรมการสอบสวนทางวินัย หรือถูกฟ้องคดีอาญา</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A16015A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="3DFA7A0E" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:right="-6" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">(    ) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>การไปศึกษาของบุคลากรผู้นี้ไม่มีผลกระทบต่อหน่วยงาน เพราะยังมีผู้ปฏิบัติงาน</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493EABAB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4D294DFE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-6" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">เพียงพอ ไม่ต้องตั้งอัตรากำลังเพิ่ม </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044C8E06" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="44A1DA1F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:right="-6" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">(    ) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>มีบุคลากรสอนทดแทน ไม่มีผลกระทบต่อหน่วยงาน</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F139ED" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1039B0BB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:right="-546"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -8836,153 +8768,153 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">กระทบปานกลาง  </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A6"/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> กระทบมาก</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C47DFFC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="103DA4C4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:right="-21"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ระบุรายชื่อบุคลากรปฏิบัติงานทดแทน...................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C68AACC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="27E6BAD6" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566D55A9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="599A7018" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>เป็นผู้มีความประพฤติดีและตั้งใจปฏิบัติงาน</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7C107B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="14CB2615" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
@@ -9026,785 +8958,710 @@
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>..................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21912197" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="5080B38B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
         <w:t>…………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C26EB4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7474B302" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="591DC8DB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="3C0459EC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">๒. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>ข้อมูลสถานะและการรับรองคุณวุฒิ ดังนี้</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66AF4EC0" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="0DFA98DD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>เป็นสถาบันการศึกษาหรือสถาบันวิชาชีพของรัฐที่ได้รับรองจาก ก.พ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6D09BE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="61C71FDD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>(    )</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>เป็นสถาบันการศึกษาหรือสถาบันวิชาชีพเอกชนที่ได้รับรองจาก ก.พ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="681BB0BD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
-      <w:pPr>
+    <w:p w14:paraId="2F1E495D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09582019" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="37F133BA" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">๓. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ประโยชน์ที่คาดว่าจะได้รับหากบุคลากรสำเร็จการศึกษา</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5A303A" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>จะให้กลับมาทำหน้าที่ในตำแหน่ง.........................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF8E9C1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สังกัด.....................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212C4BEF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="1080"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>มีหน้าที่ความรับผิดชอบและลักษณะงาน คือ......................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B69D9DB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="14D425F8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(    ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>นำความรู้ที่ได้รับมาพัฒนาความรู้ความสามารถให้ตรงกับตำแหน่ง และหน้าที่</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D76BB7" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>การปฏิบัติงานของบุคลากรให้มีศักยภาพที่สูงขึ้น</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714C3E6B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">เพิ่มตัวชี้วัดให้กับมหาวิทยาลัย </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15038124" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">เพิ่มสัดส่วนอาจารย์ระดับปริญญาเอกที่สูงขึ้น </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427DF5B4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(    ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>เมื่อสำเร็จการศึกษาแล้ว สามารถกลับมาเป็นอาจารย์ผู้รับผิดชอบหลักสูตรระดับ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7547D9FF" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>บัณฑิตศึกษาได้</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ชื่อหลักสูตร................................................................................)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60830325" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(    ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ชื่อหลักสูตรที่จะเปิดในอนาคต </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ชื่อหลักสูตร.........................................................)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1C97DB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(    )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>อื่น ๆ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ถ้ามี)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFA783C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="00441963">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:firstLine="1440"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………..………………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE3812B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="32"/>
           <w:u w:val="single"/>
-          <w:cs/>
-[...89 lines deleted...]
-    <w:p w14:paraId="2B08E317" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">๔. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ผ่านความเห็นชอบจากมติที่ประชุม</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DF33B3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:cs/>
-[...394 lines deleted...]
-          <w:szCs w:val="32"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...37 lines deleted...]
-          <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>๔.๑ อาจารย์ผู้รับผิดชอบหลักสูตร (ถ้ามี)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A7DF17" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4ECF3524" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70C75C52" wp14:editId="2B2DB64B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="253634B2" wp14:editId="2B9051DA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>253365</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rectangle 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -9816,107 +9673,125 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0830E35A" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:19.95pt;width:18pt;height:18pt;z-index:251683840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAHUsk0LeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;TVugCXEqBCoSxza99LaJt0kgtqPYaQNfz/YEx5kdzb7J1pPtxImG0Hqn4X6mQJCrvGldrWFfbO5W&#10;IEJEZ7DzjjR8U4B1fn2VYWr82W3ptIu14BIXUtTQxNinUoaqIYth5ntyfDv6wWJkOdTSDHjmctvJ&#10;uVKP0mLr+EODPb02VH3tRquhbOd7/NkW78omm0X8mIrP8fCm9e3N9PIMItIU/8JwwWd0yJmp9KMz&#10;QXSsl0veEjUskgTEJbBSbJQanh4SkHkm/y/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB1LJNC3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;"/>
+              <v:rect w14:anchorId="23CB3F70" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:19.95pt;width:18pt;height:18pt;z-index:251683840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC52f4oLgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqafHR9KL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTceIW0opp3cQ1Wy5E2aJwnZZHGuIfWPRCW3r0&#10;BHUrgmBb1H9A9VoieGjCREKfQdNoqVIOlM00f5XNUyecSrmQON6dZPL/D1Z+2T0g03XFZ5xZ0VOJ&#10;Hkk0YVuj2CzKMzhfUtSTe8CYoHd3IL97ZmHVUZS6QYShU6ImUtMYn724EA1PV9lm+Aw1oYttgKTU&#10;vsE+ApIGbJ8KcjgVRO0Dk3RYFJcXOZVNkuu4jy+I8vmyQx8+KuhZ3FQciXoCF7s7H8bQ55BEHoyu&#10;19qYZGC7WRlkO0G9sU5f4k85nocZy4aKX82LeUJ+4fPnEHn6/gbR60BNbnRf8ctTkCijah9sTTRF&#10;GYQ2456yM/YoY1RurMAG6gOpiDB2ME1cuKelMUDkpNGOsw7w5+uzGEfNQh7OBuryivsfW4GKM/PJ&#10;UsWuprNZHItkzObvCzLw3LM59wgrCarigbNxuwrjKG0d6rajl6ZJIws3VOVGpwrEDhjZH5OiTk41&#10;PE5dHJVzO0X9/jcsfwEAAP//AwBQSwMEFAAGAAgAAAAhAHUsk0LeAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTVugCXEqBCoSxza99LaJt0kgtqPYaQNfz/YEx5kdzb7J&#10;1pPtxImG0Hqn4X6mQJCrvGldrWFfbO5WIEJEZ7DzjjR8U4B1fn2VYWr82W3ptIu14BIXUtTQxNin&#10;UoaqIYth5ntyfDv6wWJkOdTSDHjmctvJuVKP0mLr+EODPb02VH3tRquhbOd7/NkW78omm0X8mIrP&#10;8fCm9e3N9PIMItIU/8JwwWd0yJmp9KMzQXSsl0veEjUskgTEJbBSbJQanh4SkHkm/y/IfwEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC52f4oLgIAAGMEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB1LJNC3gAAAAkBAAAPAAAAAAAAAAAAAAAAAIgE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ในการประชุมครั้งที่........../................. เมื่อวันที่............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07262550" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
-[...1 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="720"/>
+    <w:p w14:paraId="7E367B1E" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="00632A90">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-285" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>พิจารณาแล้วมีมติเห็นชอบให้ไปศึกษาตามที่เสนอขอได้</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5D722B21" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+        <w:t>พิจารณาแล้วมีมติเห็นชอบให้ไป</w:t>
+      </w:r>
+      <w:r w:rsidR="00632A90">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สมัครเข้าศึกษาหรือไปสมัครสอบ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ตามที่เสนอขอได้</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B1E3453" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13B72282" wp14:editId="73B37EBC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AA0F315" wp14:editId="6B9A5321">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>14605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -9928,185 +9803,246 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3A0DEF75" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:1.15pt;width:18pt;height:18pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJd5UJvcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;TVKhEOJUCFQkjm164baJlyQQ21HstIGvZ3uix6dZzb4pNosdxJGm0Hun4X6lQJBrvOldq+FQbe8y&#10;ECGiMzh4Rxp+KMCmvL4qMDf+5HZ03MdWcIkLOWroYhxzKUPTkcWw8iM5zj79ZDEyTq00E5643A4y&#10;UepBWuwdf+hwpJeOmu/9bDXUfXLA3131puzjNo3vS/U1f7xqfXuzPD+BiLTE/2M467M6lOxU+9mZ&#10;IAbm9Zq3RA1JCuKcZ4q51pBmKciykJcDyj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;4x1Y3BYCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAl3lQm9wAAAAIAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="137A995B" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:1.15pt;width:18pt;height:18pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXZ+xlLwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3bcpEuNOEWRLsOA&#10;bi3W7QMUWY6FyaJGKXGyry8lp1na7TTMB0EUqafHR9Lz631n2E6h12ArPh7lnCkrodZ2U/Hv31bv&#10;Zpz5IGwtDFhV8YPy/Hrx9s28d6UqoAVTK2QEYn3Zu4q3Ibgyy7xsVSf8CJyy5GwAOxHIxE1Wo+gJ&#10;vTNZkeeXWQ9YOwSpvKfT28HJFwm/aZQM903jVWCm4sQtpBXTuo5rtpiLcoPCtVoeaYh/YNEJbenR&#10;E9StCIJtUf8B1WmJ4KEJIwldBk2jpUo5UDbj/FU2j61wKuVC4nh3ksn/P1j5ZfeATNcVv+DMio5K&#10;9JVEE3ZjFLuI8vTOlxT16B4wJujdHcgfnllYthSlbhChb5WoidQ4xmcvLkTD01W27j9DTehiGyAp&#10;tW+wi4CkAdunghxOBVH7wCQdFsXsMqeySXId9/EFUT5fdujDRwUdi5uKI1FP4GJ358MQ+hySyIPR&#10;9UobkwzcrJcG2U5Qb6zSl/hTjudhxrK+4lfTYpqQX/j8OUSevr9BdDpQkxvdVXx2ChJlVO2DrYmm&#10;KIPQZthTdsYeZYzKDRVYQ30gFRGGDqaJC/e0NAaInDTacdYC/np9FuOoWcjDWU9dXnH/cytQcWY+&#10;WarY1XgyiWORjMn0fUEGnnvW5x5hJUFVPHA2bJdhGKWtQ71p6aVx0sjCDVW50akCsQMG9sekqJNT&#10;DY9TF0fl3E5Rv/8NiycAAAD//wMAUEsDBBQABgAIAAAAIQCXeVCb3AAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE1SoRDiVAhUJI5teuG2iZckENtR7LSBr2d7osenWc2+&#10;KTaLHcSRptB7p+F+pUCQa7zpXavhUG3vMhAhojM4eEcafijApry+KjA3/uR2dNzHVnCJCzlq6GIc&#10;cylD05HFsPIjOc4+/WQxMk6tNBOeuNwOMlHqQVrsHX/ocKSXjprv/Ww11H1ywN9d9abs4zaN70v1&#10;NX+8an17szw/gYi0xP9jOOuzOpTsVPvZmSAG5vWat0QNSQrinGeKudaQZinIspCXA8o/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANdn7GUvAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJd5UJvcAAAACAEAAA8AAAAAAAAAAAAAAAAAiQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>พิจารณาแล้วมีความคิดเห็นและข้อเสนอแนะ ดังนี้</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FED6C3F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="20CA0289" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>-------------------------------------------------------</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="720"/>
+      <w:r w:rsidR="00C66E7E">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>----------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D005F5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+      <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61B20">
-[...9 lines deleted...]
-    <w:p w14:paraId="1681CD54" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    </w:p>
+    <w:p w14:paraId="478146B8" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="27DA37AE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(ลายมือชื่อ)..............................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4582DBF5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:cs/>
-[...58 lines deleted...]
-    <w:p w14:paraId="7996D2B1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    (............................................................)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483D2683" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -10124,184 +10060,110 @@
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...11 lines deleted...]
-    <w:p w14:paraId="2A1DD141" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+        <w:t>ตำแหน่ง...................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFB47A1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:cs/>
-[...50 lines deleted...]
-    <w:p w14:paraId="54F17551" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ประธานอาจารย์ผู้รับผิดชอบหลักสูตร.............................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF7D5BC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...41 lines deleted...]
-          <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
@@ -10318,102 +10180,92 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>วันเดือนปี................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693BA209" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
-[...10 lines deleted...]
-    <w:p w14:paraId="2FC428E9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="04CF7D05" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>๔.๒ คณะกรรมการประจำส่วนงาน</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13622CDE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="26FBD5B3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4811E443" wp14:editId="716EC2D1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A74056A" wp14:editId="700060B0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>246380</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -10425,107 +10277,143 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="51A6FFA3" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:19.4pt;width:18pt;height:18pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAOFUluXdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;TRtBSONUCFQkjm164baJ3SQQr6PYaQNfz/YEx5kdzc7LN7PrxcmOofOk4X6hQFiqvemo0XAot3cp&#10;iBCRDPaerIZvG2BTXF/lmBl/pp097WMjuIRChhraGIdMylC31mFY+MES345+dBhZjo00I5653PVy&#10;qdSDdNgRf2hxsC+trb/2k9NQdcsD/uzKN+Wetqv4Ppef08er1rc38/MaRLRz/AvDZT5Ph4I3VX4i&#10;E0TPOkmYJWpYpYxwCaSKjUrDY5KCLHL5n6D4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOMdWNwWAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAOFUluXdAAAACQEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="1DB68631" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:19.4pt;width:18pt;height:18pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBD7BH2LgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqafHR9KL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTceIW0opp3cQ1Wy5E2aJwnZZHGuIfWPRCW3r0&#10;BHUrgmBb1H9A9VoieGjCREKfQdNoqVIOlM00f5XNUyecSrmQON6dZPL/D1Z+2T0g03XFC86s6KlE&#10;jySasK1RrIjyDM6XFPXkHjAm6N0dyO+eWVh1FKVuEGHolKiJ1DTGZy8uRMPTVbYZPkNN6GIbICm1&#10;b7CPgKQB26eCHE4FUfvAJB0WxeVFTmWT5Dru4wuifL7s0IePCnoWNxVHop7Axe7OhzH0OSSRB6Pr&#10;tTYmGdhuVgbZTlBvrNOX+FOO52HGsqHiV/NinpBf+Pw5RJ6+v0H0OlCTG91X/PIUJMqo2gdbE01R&#10;BqHNuKfsjD3KGJUbK7CB+kAqIowdTBMX7mlpDBA5abTjrAP8+fosxlGzkIezgbq84v7HVqDizHyy&#10;VLGr6WwWxyIZs/n7ggw892zOPcJKgqp44GzcrsI4SluHuu3opWnSyMINVbnRqQKxA0b2x6Sok1MN&#10;j1MXR+XcTlG//w3LXwAAAP//AwBQSwMEFAAGAAgAAAAhAOFUluXdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTRtBSONUCFQkjm164baJ3SQQr6PYaQNfz/YEx5kdzc7L&#10;N7PrxcmOofOk4X6hQFiqvemo0XAot3cpiBCRDPaerIZvG2BTXF/lmBl/pp097WMjuIRChhraGIdM&#10;ylC31mFY+MES345+dBhZjo00I5653PVyqdSDdNgRf2hxsC+trb/2k9NQdcsD/uzKN+Wetqv4Ppef&#10;08er1rc38/MaRLRz/AvDZT5Ph4I3VX4iE0TPOkmYJWpYpYxwCaSKjUrDY5KCLHL5n6D4BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEPsEfYuAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOFUluXdAAAACQEAAA8AAAAAAAAAAAAAAAAAiAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">ในการประชุมครั้งที่.........../.................. เมื่อวันที่.......................................................... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385FF94C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
-[...1 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="720"/>
+    <w:p w14:paraId="2642064D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="00441963">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-285" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>พิจารณาแล้วมีมติเห็นชอบให้ไปศึกษาตามที่เสนอขอได้</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54EB985F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+        <w:t>พิจารณาแล้วมีมติเห็นชอบให้ไป</w:t>
+      </w:r>
+      <w:r w:rsidR="00441963" w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สมัค</w:t>
+      </w:r>
+      <w:r w:rsidR="00441963">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>รเข้าศึกษาหรือไปสมัคร</w:t>
+      </w:r>
+      <w:r w:rsidR="00441963" w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สอบ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ตามที่เสนอขอได้</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF87C62" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4134BC05" wp14:editId="1F1DDB78">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="598A2E15" wp14:editId="2516B612">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>14605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -10537,109 +10425,109 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4F309431" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:1.15pt;width:18pt;height:18pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJd5UJvcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;TVKhEOJUCFQkjm164baJlyQQ21HstIGvZ3uix6dZzb4pNosdxJGm0Hun4X6lQJBrvOldq+FQbe8y&#10;ECGiMzh4Rxp+KMCmvL4qMDf+5HZ03MdWcIkLOWroYhxzKUPTkcWw8iM5zj79ZDEyTq00E5643A4y&#10;UepBWuwdf+hwpJeOmu/9bDXUfXLA3131puzjNo3vS/U1f7xqfXuzPD+BiLTE/2M467M6lOxU+9mZ&#10;IAbm9Zq3RA1JCuKcZ4q51pBmKciykJcDyj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;4x1Y3BYCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAl3lQm9wAAAAIAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="32417ACB" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:1.15pt;width:18pt;height:18pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+dmaZLQIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3a7QMUWY6FyaJGKXGyrx8lJ1na7TTMB0EUqafHR9Lzm31n2E6h12ArPh7lnCkrodZ2U/FvX1fv&#10;Zpz5IGwtDFhV8YPy/Gbx9s28d6UqoAVTK2QEYn3Zu4q3Ibgyy7xsVSf8CJyy5GwAOxHIxE1Wo+gJ&#10;vTNZkedXWQ9YOwSpvKfTu8HJFwm/aZQMD03jVWCm4sQtpBXTuo5rtpiLcoPCtVoeaYh/YNEJbenR&#10;M9SdCIJtUf8B1WmJ4KEJIwldBk2jpUo5UDbj/FU2z61wKuVC4nh3lsn/P1j5ZfeITNdUO86s6KhE&#10;TySasBuj2DjK0ztfUtSze8SYoHf3IL97ZmHZUpS6RYS+VaImUik+e3EhGp6usnX/GWpCF9sASal9&#10;g10EJA3YPhXkcC6I2gcm6bAoZlc5lU2S67gnRpkoT5cd+vBRQcfipuJI1BO42N37MISeQhJ5MLpe&#10;aWOSgZv10iDbCeqNVfpivoTuL8OMZX3Fr6fFNCG/8PlLiDx9f4PodKAmN7qr+OwcJMqo2gdb05ui&#10;DEKbYU/vG0s0TsoNFVhDfSAVEYYOpokLD7Q0BoicNNpx1gL+fH0W46hZyMNZT11ecf9jK1BxZj5Z&#10;qtj1eDKJY5GMyfR9QQZeetaXHmElQVU8cDZsl2EYpa1DvWnppXHSyMItVbnRqQIxj4H9MSnq5KTy&#10;ceriqFzaKer3v2HxCwAA//8DAFBLAwQUAAYACAAAACEAl3lQm9wAAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNUqEQ4lQIVCSObXrhtomXJBDbUey0ga9ne6LHp1nNvik2&#10;ix3EkabQe6fhfqVAkGu86V2r4VBt7zIQIaIzOHhHGn4owKa8viowN/7kdnTcx1ZwiQs5auhiHHMp&#10;Q9ORxbDyIznOPv1kMTJOrTQTnrjcDjJR6kFa7B1/6HCkl46a7/1sNdR9csDfXfWm7OM2je9L9TV/&#10;vGp9e7M8P4GItMT/YzjrszqU7FT72ZkgBub1mrdEDUkK4pxnirnWkGYpyLKQlwPKPwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQC+dmaZLQIAAGMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCXeVCb3AAAAAgBAAAPAAAAAAAAAAAAAAAAAIcEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>พิจารณาแล้วมีความคิดเห็นและข้อเสนอแนะ ดังนี้</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D416474" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="50C88F39" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>-------------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B79E38" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="392B4C75" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>-------------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3D895C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4D20FAAC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -10650,51 +10538,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CB5F0C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="053D6DFB" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -10715,51 +10603,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>(ลายมือชื่อ)..............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130A1F6C" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="20B0F354" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -10789,51 +10677,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    (............................................................)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06643C14" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="3F739962" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -10854,51 +10742,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ตำแหน่ง...................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E61922F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="50D02376" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
@@ -10913,51 +10801,51 @@
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ประธานคณะกรรมการประจำ............................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1031FF23" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="5BED3E0E" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -10988,105 +10876,105 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>วันเดือนปี................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D0B4B1" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
+    <w:p w14:paraId="37729746" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6915ACA4" w14:textId="3274E061" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="42221965" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
         <w:t>๕. ความเห็นของผู้บังคับบัญชา</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8D01FD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="3134FDAD" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5779414A" wp14:editId="61CAA4A6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73538D3A" wp14:editId="675DEF37">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>909320</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>15240</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="82" name="Rectangle 82"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -11098,88 +10986,124 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="031CDEF9" id="Rectangle 82" o:spid="_x0000_s1026" style="position:absolute;margin-left:71.6pt;margin-top:1.2pt;width:18pt;height:18pt;z-index:251694080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAAV6mVjcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHiz&#10;i0C0pSyN0dTEY0sv3gZ2BSo7S9ilRX+901M9fnkvb77JN7PtxcmMvnOk4HERgTBUO91Ro+BQbh+W&#10;IHxA0tg7Mgp+jIdNcXuTY6bdmXbmtA+N4BHyGSpoQxgyKX3dGot+4QZDnH250WJgHBupRzzzuO1l&#10;HEVP0mJHfKHFwby2pv7eT1ZB1cUH/N2V75FdbZPwMZfH6fNNqfu7+WUNIpg5XMtw0Wd1KNipchNp&#10;L3rmNIm5qiBOQVzy5xVzpSBZpiCLXP5/oPgDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;4x1Y3BYCAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEABXqZWNwAAAAIAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="5D471FFD" id="Rectangle 82" o:spid="_x0000_s1026" style="position:absolute;margin-left:71.6pt;margin-top:1.2pt;width:18pt;height:18pt;z-index:251694080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRR0j5LwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqafHR9KL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTceIW0opp3cQ1Wy5E2aJwnZZHGuIfWPRCW3r0&#10;BHUrgmBb1H9A9VoieGjCREKfQdNoqVIOlM00f5XNUyecSrmQON6dZPL/D1Z+2T0g03XFLwvOrOip&#10;Ro+kmrCtUYzOSKDB+ZLintwDxhS9uwP53TMLq47C1A0iDJ0SNdGaxvjsxYVoeLrKNsNnqAlebAMk&#10;rfYN9hGQVGD7VJLDqSRqH5ikw6K4vMipcJJcx318QZTPlx368FFBz+Km4kjcE7jY3fkwhj6HJPJg&#10;dL3WxiQD283KINsJ6o51+hJ/yvE8zFg2VPxqXswT8gufP4fI0/c3iF4HanOje9L5FCTKqNoHWxNN&#10;UQahzbin7Iw9yhiVGyuwgfpAKiKMPUwzF+5paQwQOWm046wD/Pn6LMZRu5CHs4H6vOL+x1ag4sx8&#10;slSxq+lsFgcjGbP5+4IMPPdszj3CSoKqeOBs3K7COExbh7rt6KVp0sjCDVW50akCsQNG9sekqJdT&#10;DY9zF4fl3E5Rv/8Oy18AAAD//wMAUEsDBBQABgAIAAAAIQAFeplY3AAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s4tAtKUsjdHUxGNLL94GdgUqO0vYpUV/vdNTPX55L2++&#10;yTez7cXJjL5zpOBxEYEwVDvdUaPgUG4fliB8QNLYOzIKfoyHTXF7k2Om3Zl25rQPjeAR8hkqaEMY&#10;Mil93RqLfuEGQ5x9udFiYBwbqUc887jtZRxFT9JiR3yhxcG8tqb+3k9WQdXFB/zdle+RXW2T8DGX&#10;x+nzTan7u/llDSKYOVzLcNFndSjYqXITaS965jSJuaogTkFc8ucVc6UgWaYgi1z+f6D4AwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFFHSPkvAgAAZQQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAV6mVjcAAAACAEAAA8AAAAAAAAAAAAAAAAAiQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
-        <w:t>เห็นชอบให้ไปศึกษาได้</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F92551F" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+        <w:t>เห็นชอบให้ไป</w:t>
+      </w:r>
+      <w:r w:rsidR="00441963" w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สมัค</w:t>
+      </w:r>
+      <w:r w:rsidR="00441963">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>รเข้าศึกษาหรือไปสมัคร</w:t>
+      </w:r>
+      <w:r w:rsidR="00441963" w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สอบ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ได้</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F4A259" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="361B5C4E" wp14:editId="52B0FAAB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19AF08A5" wp14:editId="6AEB587D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>909320</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>34925</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="85" name="Rectangle 85"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -11191,80 +11115,107 @@
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="350BB160" id="Rectangle 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:71.6pt;margin-top:2.75pt;width:18pt;height:18pt;z-index:251695104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjHVjcFgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEuNOEWRLsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lp2nW7TRMB0IUqUfykVzeHHrD9gq9Blvx6STnTFkJtbZtxb993bxb&#10;cOaDsLUwYFXFj8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSsQHsRSAV26xGMRB6&#10;b7Iiz6+yAbB2CFJ5T693o5GvEn7TKBkemsarwEzFKbeQJCa5jTJbLUXZonCdlqc0xD9k0QttKegZ&#10;6k4EwXao/4DqtUTw0ISJhD6DptFSpRqommn+qpqnTjiVaiFyvDvT5P8frPyyf3KPGFP37h7kd88s&#10;rDthW3WLCEOnRE3hppGobHC+PH+IiqevbDt8hppaK3YBEgeHBvsISNWxQ6L6eKZaHQKT9FgUi6uc&#10;GiLJdLrHCKJ8/uzQh48KehYvFUfqZAIX+3sfRtdnl5Q8GF1vtDFJwXa7Nsj2grq+SSflTzVeuhnL&#10;hopfz4t5Qv7N5i8h8nT+BtHrQONrdF/xxdlJlJG1D7ZOwxWENuOdqjP2RGNkLg6pL7dQH4lFhHE2&#10;aZfCA4nGACUnjXacdYA/X79FPxoDsnA20PxW3P/YCVScmU+WOnY9nc3iwCdlNn9fkIKXlu2lRVhJ&#10;UBUPnI3XdRiXZOdQtx1FmiaOLNxSlxudOvCS/akomtHUw9M+xSW41JPXy9avfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhALssYr/dAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHiz&#10;S2nRFlkao6mJx5ZevA3sFFB2lrBLi/56t6d6/PJe3nyTbSbTiRMNrrWsYD6LQBBXVrdcKzgU24cV&#10;COeRNXaWScEPOdjktzcZptqeeUenva9FGGGXooLG+z6V0lUNGXQz2xOH7GgHgz7gUEs94DmMm07G&#10;UfQoDbYcLjTY02tD1fd+NArKNj7g7654j8x6u/AfU/E1fr4pdX83vTyD8DT5axku+kEd8uBU2pG1&#10;E13g5SIOVQVJAuKSP60DlwqW8wRknsn/D+R/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOMdWNwWAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhALssYr/dAAAACAEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="054168AD" id="Rectangle 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:71.6pt;margin-top:2.75pt;width:18pt;height:18pt;z-index:251695104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBz7AHLLwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aMpGuNOEWRLsOA&#10;bi3a7QMUWbaFyaJGKXGyrx8lp1na7TTMB0EUqafHR9KL631v2E6h12ArPp3knCkroda2rfi3r+t3&#10;l5z5IGwtDFhV8YPy/Hr59s1icKUqoANTK2QEYn05uIp3Ibgyy7zsVC/8BJyy5GwAexHIxDarUQyE&#10;3pusyPOLbACsHYJU3tPp7ejky4TfNEqG+6bxKjBTceIW0opp3cQ1Wy5E2aJwnZZHGuIfWPRCW3r0&#10;BHUrgmBb1H9A9VoieGjCREKfQdNoqVIOlM00f5XNUyecSrmQON6dZPL/D1Z+2T0g03XFL+ecWdFT&#10;jR5JNWFboxidkUCD8yXFPbkHjCl6dwfyu2cWVh2FqRtEGDolaqI1jfHZiwvR8HSVbYbPUBO82AZI&#10;Wu0b7CMgqcD2qSSHU0nUPjBJh0VxeZFT4SS5jvv4giifLzv04aOCnsVNxZG4J3Cxu/NhDH0OSeTB&#10;6HqtjUkGtpuVQbYT1B3r9CX+lON5mLFsqPjVvJgn5Bc+fw6Rp+9vEL0O1OZG96TzKUiUUbUPtiaa&#10;ogxCm3FP2Rl7lDEqN1ZgA/WBVEQYe5hmLtzT0hggctJox1kH+PP1WYyjdiEPZwP1ecX9j61AxZn5&#10;ZKliV9PZLA5GMmbz9wUZeO7ZnHuElQRV8cDZuF2FcZi2DnXb0UvTpJGFG6pyo1MFYgeM7I9JUS+n&#10;Gh7nLg7LuZ2ifv8dlr8AAAD//wMAUEsDBBQABgAIAAAAIQC7LGK/3QAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s0tp0RZZGqOpiceWXrwN7BRQdpawS4v+erenevzyXt58&#10;k20m04kTDa61rGA+i0AQV1a3XCs4FNuHFQjnkTV2lknBDznY5Lc3GabannlHp72vRRhhl6KCxvs+&#10;ldJVDRl0M9sTh+xoB4M+4FBLPeA5jJtOxlH0KA22HC402NNrQ9X3fjQKyjY+4O+ueI/MervwH1Px&#10;NX6+KXV/N708g/A0+WsZLvpBHfLgVNqRtRNd4OUiDlUFSQLikj+tA5cKlvMEZJ7J/w/kfwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBz7AHLLwIAAGUEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC7LGK/3QAAAAgBAAAPAAAAAAAAAAAAAAAAAIkE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
-        <w:t>ไม่เห็นชอบให้ไปศึกษา</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0BD87D2D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+        <w:t>ไม่เห็นชอบให้ไป</w:t>
+      </w:r>
+      <w:r w:rsidR="00441963" w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สมัค</w:t>
+      </w:r>
+      <w:r w:rsidR="00441963">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>รเข้าศึกษาหรือไปสมัคร</w:t>
+      </w:r>
+      <w:r w:rsidR="00441963" w:rsidRPr="00D61B20">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>สอบ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C051BA1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B46E4F1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="2B01CD86" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -11285,51 +11236,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>(ลายมือชื่อ)..............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C9B0DE" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7F3665F1" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -11359,51 +11310,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    (............................................................)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0992FAC9" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="64F1CDB4" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -11424,51 +11375,51 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>ตำแหน่ง...................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66ABA518" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="2B6D55AC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
@@ -11498,664 +11449,548 @@
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>วันเดือนปี................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E96CC6" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="1C7C74D0" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52FEC6B7" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6D9A146B" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="131A2BB5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="4B0E4A4D" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:cs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>หมายเหตุ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0B6E55" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="7E454881" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>๑. คณะกรรมการพิจารณาการลาศึกษาของผู้ปฏิบัติงานในมหาวิทยาลัย และคณะกรรมการบริหารงานบุคคลมหาวิทยาลัยแม่</w:t>
+        <w:t>๑. คณะกรรมการพิจารณาการลาศึกษาของผู้ปฏิบัติงานในมหาวิทยาลัย และคณะกรรมการบริหารงานบุคคลมหาวิทยาลัยแม่โจ้ (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>โจ้</w:t>
+        <w:t>ก.บ.ม</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">.) จะพิจารณาตามเหตุผลและความจำเป็นในแต่ละหัวข้อดังกล่าวข้างต้น ขอให้ประธานอาจารย์ผู้รับผิดชอบหลักสูตร และผู้บังคับบัญชาพิจารณาอย่างรอบคอบ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ตามจริง เพื่อประโยชน์ของทางมหาวิทยาลัย และจะถือว่าเป็นความรับผิดชอบของผู้บังคับบัญชาโดยตรง</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="479499D5" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="42FB8994" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61B20">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>๒. เพื่อเป็นประโยชน์ในการพิจารณา ให้แต่ละส่วนงานแนบรายงานการประชุมคณะกรรมการ                  ส่วนงาน หรือหนังสือแจ้งมติที่ประชุม เว้นแต่เป็นกรณีเร่งด่วนอาจจะใช้แบบขอความเห็นชอบของคณะกรรมการประจำส่วนงานก็ได้ รวมถึง ให้แนบอัตรากำลัง การนำเสนอข้อมูลภาพรวม สัดส่วนบุคลากรตามระดับวุฒิการศึกษา หรือรายชื่ออาจารย์ผู้รับผิดชอบหลักสูตรที่ผู้ขออนุญาตสังกัดอยู่ด้วยทุกครั้ง</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ADE4A09" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="46D9D166" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CE01091" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
+    <w:p w14:paraId="2D431FB4" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="651F172D" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
+    <w:p w14:paraId="03241A94" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="608A378B" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
+    <w:p w14:paraId="1B1C5F9B" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5638DAB0" w14:textId="77777777" w:rsidR="00397491" w:rsidRDefault="00397491" w:rsidP="005B39C8">
-[...59 lines deleted...]
-    <w:p w14:paraId="7BD56067" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="2A8C8DDC" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
       <w:pPr>
         <w:ind w:left="2880"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43E049B3" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
+    <w:p w14:paraId="6D2B0583" w14:textId="77777777" w:rsidR="00E260E3" w:rsidRPr="00C27216" w:rsidRDefault="00E260E3" w:rsidP="0086692F">
       <w:pPr>
         <w:ind w:left="2880"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E7842A7" w14:textId="77777777" w:rsidR="005B39C8" w:rsidRPr="00D61B20" w:rsidRDefault="005B39C8" w:rsidP="005B39C8">
-[...34 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="00E260E3" w:rsidRPr="00C27216" w:rsidSect="00B94AB7">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:fmt="thaiNumbers"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38499DDB" w14:textId="77777777" w:rsidR="00556386" w:rsidRDefault="00556386">
+    <w:p w14:paraId="4E2B7476" w14:textId="77777777" w:rsidR="001B7BE8" w:rsidRDefault="001B7BE8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C49A713" w14:textId="77777777" w:rsidR="00556386" w:rsidRDefault="00556386">
+    <w:p w14:paraId="7DFDAFC0" w14:textId="77777777" w:rsidR="001B7BE8" w:rsidRDefault="001B7BE8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="464DB267" w14:textId="77777777" w:rsidR="00556386" w:rsidRDefault="00556386"/>
+    <w:p w14:paraId="738A5F8F" w14:textId="77777777" w:rsidR="001B7BE8" w:rsidRDefault="001B7BE8"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{4AC6935C-7A75-4331-BF16-55D77D945AEF}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{800596E9-DCD9-4C35-9FB1-072F9AE6D147}"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tms Rmn">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603040505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Browallia New">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TH SarabunPSK">
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{2DB9A215-DCD5-4093-B172-0F4E705584EB}"/>
-    <w:embedBold r:id="rId3" w:fontKey="{1A74CB53-BF52-414F-B690-99C8B4785D09}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{0B2AAC9B-0DD0-42BD-9A23-8C42AFC5A5CE}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{449C8F78-2604-4810-8230-752D8C0C1C5E}"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{BBF768DA-C74F-4AA9-BCC4-3CD4535A9214}"/>
   </w:font>
   <w:font w:name="TH SarabunIT๙">
     <w:altName w:val="Browallia New"/>
-    <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E97F05A" w14:textId="77777777" w:rsidR="00556386" w:rsidRDefault="00556386">
+    <w:p w14:paraId="40735151" w14:textId="77777777" w:rsidR="001B7BE8" w:rsidRDefault="001B7BE8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D53EE8E" w14:textId="77777777" w:rsidR="00556386" w:rsidRDefault="00556386">
+    <w:p w14:paraId="553E824E" w14:textId="77777777" w:rsidR="001B7BE8" w:rsidRDefault="001B7BE8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="566CA91F" w14:textId="77777777" w:rsidR="00556386" w:rsidRDefault="00556386"/>
+    <w:p w14:paraId="2B14722D" w14:textId="77777777" w:rsidR="001B7BE8" w:rsidRDefault="001B7BE8"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="0F57C96B" w14:textId="77777777" w:rsidR="00D55C53" w:rsidRDefault="00D55C53" w:rsidP="00635904">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="072C98A6" w14:textId="77777777" w:rsidR="00D55C53" w:rsidRDefault="00D55C53" w:rsidP="00635904">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:cs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:cs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="35D6C1A6" w14:textId="77777777" w:rsidR="00D55C53" w:rsidRDefault="00D55C53">
+  <w:p w14:paraId="54E8BB85" w14:textId="77777777" w:rsidR="00D55C53" w:rsidRDefault="00D55C53">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="TH SarabunIT๙" w:eastAsiaTheme="majorEastAsia" w:hAnsi="TH SarabunIT๙" w:cs="TH SarabunIT๙"/>
         <w:sz w:val="32"/>
         <w:lang w:val="th-TH"/>
       </w:rPr>
       <w:id w:val="335806059"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="5FB1B850" w14:textId="0387E1A7" w:rsidR="00D55C53" w:rsidRPr="00E7474D" w:rsidRDefault="00D55C53">
+      <w:p w14:paraId="579772A1" w14:textId="77777777" w:rsidR="00D55C53" w:rsidRPr="00E7474D" w:rsidRDefault="00D55C53">
         <w:pPr>
-          <w:pStyle w:val="a7"/>
+          <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="TH SarabunIT๙" w:eastAsiaTheme="majorEastAsia" w:hAnsi="TH SarabunIT๙" w:cs="TH SarabunIT๙"/>
             <w:sz w:val="32"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00564CBC">
           <w:rPr>
             <w:rFonts w:ascii="TH SarabunPSK" w:eastAsiaTheme="majorEastAsia" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
             <w:sz w:val="32"/>
             <w:cs/>
             <w:lang w:val="th-TH"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00564CBC">
           <w:rPr>
             <w:rFonts w:ascii="TH SarabunPSK" w:eastAsiaTheme="minorEastAsia" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
             <w:sz w:val="32"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00564CBC">
           <w:rPr>
             <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
             <w:sz w:val="32"/>
           </w:rPr>
           <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00564CBC">
           <w:rPr>
             <w:rFonts w:ascii="TH SarabunPSK" w:eastAsiaTheme="minorEastAsia" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
             <w:sz w:val="32"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C7244B" w:rsidRPr="00C7244B">
+        <w:r w:rsidR="00C66E7E" w:rsidRPr="00C66E7E">
           <w:rPr>
             <w:rFonts w:ascii="TH SarabunPSK" w:eastAsiaTheme="majorEastAsia" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
             <w:noProof/>
             <w:sz w:val="32"/>
             <w:cs/>
             <w:lang w:val="th-TH"/>
           </w:rPr>
-          <w:t>๘</w:t>
+          <w:t>๗</w:t>
         </w:r>
         <w:r w:rsidRPr="00564CBC">
           <w:rPr>
             <w:rFonts w:ascii="TH SarabunPSK" w:eastAsiaTheme="majorEastAsia" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
             <w:sz w:val="32"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00564CBC">
           <w:rPr>
             <w:rFonts w:ascii="TH SarabunPSK" w:eastAsiaTheme="majorEastAsia" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
             <w:sz w:val="32"/>
             <w:cs/>
             <w:lang w:val="th-TH"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="3FF8CB26" w14:textId="77777777" w:rsidR="00D55C53" w:rsidRDefault="00D55C53">
+  <w:p w14:paraId="68157A81" w14:textId="77777777" w:rsidR="00D55C53" w:rsidRDefault="00D55C53">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02175388"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7B2593C"/>
     <w:lvl w:ilvl="0" w:tplc="616E1DC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2498" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3218" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12200,51 +12035,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6818" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7538" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8258" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="037375AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="857A203C"/>
     <w:lvl w:ilvl="0" w:tplc="66CE5398">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2498" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12289,51 +12124,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6098" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6818" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7538" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DE77834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F58CE72"/>
     <w:lvl w:ilvl="0" w:tplc="D4B84338">
       <w:start w:val="1"/>
       <w:numFmt w:val="thaiNumbers"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2588"/>
         </w:tabs>
         <w:ind w:left="2588" w:hanging="435"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12405,51 +12240,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7553"/>
         </w:tabs>
         <w:ind w:left="7553" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8273"/>
         </w:tabs>
         <w:ind w:left="8273" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E3E1637"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59DA7E5E"/>
     <w:lvl w:ilvl="0" w:tplc="650E607E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12494,51 +12329,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F6F3597"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="491AEDBA"/>
     <w:lvl w:ilvl="0" w:tplc="5ACE13F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2498" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12583,51 +12418,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6098" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6818" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7538" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="115C17F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="681ED916"/>
     <w:lvl w:ilvl="0" w:tplc="63BC8770">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12672,51 +12507,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11E5287F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59DA7E5E"/>
     <w:lvl w:ilvl="0" w:tplc="650E607E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12761,51 +12596,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="145236FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FFAAFF4"/>
     <w:lvl w:ilvl="0" w:tplc="39A60746">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2513" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3233" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12850,51 +12685,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6833" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7553" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8273" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16A8613A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DC0677C"/>
     <w:lvl w:ilvl="0" w:tplc="C79433CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12939,51 +12774,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18CF7A2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75BE5E9E"/>
     <w:lvl w:ilvl="0" w:tplc="C79433CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13028,51 +12863,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21492405"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="245E9B5E"/>
     <w:lvl w:ilvl="0" w:tplc="C79433CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13117,51 +12952,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E8C72FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44DAAECA"/>
     <w:lvl w:ilvl="0" w:tplc="242611CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13206,51 +13041,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E8F60D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7CC88B4"/>
     <w:lvl w:ilvl="0" w:tplc="E2185204">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13295,71 +13130,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="375914B7"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="AF04C612"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1725"/>
         </w:tabs>
         <w:ind w:left="1725" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40750759"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DC0677C"/>
     <w:lvl w:ilvl="0" w:tplc="C79433CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13404,51 +13239,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40AF2DC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C840CE4"/>
     <w:lvl w:ilvl="0" w:tplc="4A54F116">
       <w:start w:val="1"/>
       <w:numFmt w:val="thaiNumbers"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2595"/>
         </w:tabs>
         <w:ind w:left="2595" w:hanging="435"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13520,71 +13355,71 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8280"/>
         </w:tabs>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44BD4A9F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E08CE286"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1740"/>
         </w:tabs>
         <w:ind w:left="1740" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B525D5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A20C2E34"/>
     <w:lvl w:ilvl="0" w:tplc="EC02AFFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13629,51 +13464,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53CA4060"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70026A6E"/>
     <w:lvl w:ilvl="0" w:tplc="C79433CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13718,51 +13553,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BF74D71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3D638D8"/>
     <w:lvl w:ilvl="0" w:tplc="72DA85A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="thaiLetters"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13807,51 +13642,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="646C5444"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94B8D206"/>
     <w:lvl w:ilvl="0" w:tplc="41B2CABE">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2895" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3615" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13896,51 +13731,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7215" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7935" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8655" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67C6573D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E94A3DA2"/>
     <w:lvl w:ilvl="0" w:tplc="CC44E78C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13986,51 +13821,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F6000C0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F9525E46"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2535" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -14099,51 +13934,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="16560" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="19080" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="780A72A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91003930"/>
     <w:lvl w:ilvl="0" w:tplc="AA5649CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14188,51 +14023,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79E814C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C76A3E0"/>
     <w:lvl w:ilvl="0" w:tplc="75E679CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14356,82 +14191,83 @@
   <w:num w:numId="19">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
-  <w:embedSystemFonts/>
   <w:saveSubsetFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00723289"/>
     <w:rsid w:val="00000B23"/>
     <w:rsid w:val="00001BBE"/>
     <w:rsid w:val="00001FFF"/>
     <w:rsid w:val="00002563"/>
     <w:rsid w:val="00003642"/>
     <w:rsid w:val="000038A3"/>
     <w:rsid w:val="00004180"/>
     <w:rsid w:val="00004ABE"/>
     <w:rsid w:val="00004C0A"/>
     <w:rsid w:val="0000509F"/>
     <w:rsid w:val="00006221"/>
     <w:rsid w:val="00006245"/>
     <w:rsid w:val="00006A82"/>
     <w:rsid w:val="00007B94"/>
     <w:rsid w:val="00010CB0"/>
     <w:rsid w:val="00010E3F"/>
     <w:rsid w:val="000111A7"/>
     <w:rsid w:val="0001123D"/>
     <w:rsid w:val="000112F1"/>
     <w:rsid w:val="00011906"/>
     <w:rsid w:val="00011D4B"/>
     <w:rsid w:val="00011E09"/>
@@ -14764,50 +14600,51 @@
     <w:rsid w:val="001A1FC6"/>
     <w:rsid w:val="001A25F3"/>
     <w:rsid w:val="001A47C4"/>
     <w:rsid w:val="001A4C79"/>
     <w:rsid w:val="001A4D41"/>
     <w:rsid w:val="001A4EDB"/>
     <w:rsid w:val="001A599B"/>
     <w:rsid w:val="001A5ACF"/>
     <w:rsid w:val="001B0B08"/>
     <w:rsid w:val="001B0BE4"/>
     <w:rsid w:val="001B16F4"/>
     <w:rsid w:val="001B194D"/>
     <w:rsid w:val="001B1A2B"/>
     <w:rsid w:val="001B235F"/>
     <w:rsid w:val="001B2CA7"/>
     <w:rsid w:val="001B35F8"/>
     <w:rsid w:val="001B392F"/>
     <w:rsid w:val="001B3B97"/>
     <w:rsid w:val="001B4010"/>
     <w:rsid w:val="001B439F"/>
     <w:rsid w:val="001B490E"/>
     <w:rsid w:val="001B5561"/>
     <w:rsid w:val="001B6357"/>
     <w:rsid w:val="001B6B45"/>
     <w:rsid w:val="001B726E"/>
+    <w:rsid w:val="001B7BE8"/>
     <w:rsid w:val="001C018B"/>
     <w:rsid w:val="001C03B7"/>
     <w:rsid w:val="001C06A0"/>
     <w:rsid w:val="001C081C"/>
     <w:rsid w:val="001C0991"/>
     <w:rsid w:val="001C2092"/>
     <w:rsid w:val="001C254B"/>
     <w:rsid w:val="001C2DC4"/>
     <w:rsid w:val="001C323D"/>
     <w:rsid w:val="001C5881"/>
     <w:rsid w:val="001C61EB"/>
     <w:rsid w:val="001C781E"/>
     <w:rsid w:val="001C7DB5"/>
     <w:rsid w:val="001C7E55"/>
     <w:rsid w:val="001D04EF"/>
     <w:rsid w:val="001D0704"/>
     <w:rsid w:val="001D0CDB"/>
     <w:rsid w:val="001D17BC"/>
     <w:rsid w:val="001D1D82"/>
     <w:rsid w:val="001D4915"/>
     <w:rsid w:val="001D4D2A"/>
     <w:rsid w:val="001D599C"/>
     <w:rsid w:val="001D5B1D"/>
     <w:rsid w:val="001D5E95"/>
     <w:rsid w:val="001D5FA8"/>
@@ -14862,50 +14699,51 @@
     <w:rsid w:val="00212F04"/>
     <w:rsid w:val="00213A63"/>
     <w:rsid w:val="00213B13"/>
     <w:rsid w:val="00213C1B"/>
     <w:rsid w:val="0021401A"/>
     <w:rsid w:val="00214831"/>
     <w:rsid w:val="00214AEF"/>
     <w:rsid w:val="00214C75"/>
     <w:rsid w:val="002169E2"/>
     <w:rsid w:val="00216C03"/>
     <w:rsid w:val="00216CBE"/>
     <w:rsid w:val="0022190B"/>
     <w:rsid w:val="00221C6D"/>
     <w:rsid w:val="0022230F"/>
     <w:rsid w:val="002230F6"/>
     <w:rsid w:val="002231FB"/>
     <w:rsid w:val="00223455"/>
     <w:rsid w:val="00223636"/>
     <w:rsid w:val="0022379B"/>
     <w:rsid w:val="00225133"/>
     <w:rsid w:val="002254AF"/>
     <w:rsid w:val="00225545"/>
     <w:rsid w:val="00225EC6"/>
     <w:rsid w:val="00226105"/>
     <w:rsid w:val="002264C2"/>
+    <w:rsid w:val="00226686"/>
     <w:rsid w:val="002269C9"/>
     <w:rsid w:val="0023051B"/>
     <w:rsid w:val="002305C0"/>
     <w:rsid w:val="00230F17"/>
     <w:rsid w:val="00231BDD"/>
     <w:rsid w:val="002321A9"/>
     <w:rsid w:val="00233DA4"/>
     <w:rsid w:val="00234761"/>
     <w:rsid w:val="00234DB3"/>
     <w:rsid w:val="0023548A"/>
     <w:rsid w:val="002362D2"/>
     <w:rsid w:val="002376AC"/>
     <w:rsid w:val="00240069"/>
     <w:rsid w:val="002400A7"/>
     <w:rsid w:val="00241F92"/>
     <w:rsid w:val="00242986"/>
     <w:rsid w:val="00243420"/>
     <w:rsid w:val="002435C4"/>
     <w:rsid w:val="00243703"/>
     <w:rsid w:val="00244372"/>
     <w:rsid w:val="00245D05"/>
     <w:rsid w:val="002466EC"/>
     <w:rsid w:val="00246B6B"/>
     <w:rsid w:val="0024726B"/>
     <w:rsid w:val="00247556"/>
@@ -15325,50 +15163,51 @@
     <w:rsid w:val="00422FF0"/>
     <w:rsid w:val="004233BA"/>
     <w:rsid w:val="00423D69"/>
     <w:rsid w:val="00424CCA"/>
     <w:rsid w:val="00425619"/>
     <w:rsid w:val="00425DF4"/>
     <w:rsid w:val="0042683A"/>
     <w:rsid w:val="00427994"/>
     <w:rsid w:val="00427A59"/>
     <w:rsid w:val="00430DDA"/>
     <w:rsid w:val="004310E8"/>
     <w:rsid w:val="0043163B"/>
     <w:rsid w:val="0043179B"/>
     <w:rsid w:val="00431866"/>
     <w:rsid w:val="00432692"/>
     <w:rsid w:val="0043377F"/>
     <w:rsid w:val="00433932"/>
     <w:rsid w:val="00434D0D"/>
     <w:rsid w:val="00434F2B"/>
     <w:rsid w:val="00435137"/>
     <w:rsid w:val="0043540A"/>
     <w:rsid w:val="004367B3"/>
     <w:rsid w:val="004372F0"/>
     <w:rsid w:val="00440235"/>
     <w:rsid w:val="00441155"/>
+    <w:rsid w:val="00441963"/>
     <w:rsid w:val="00442196"/>
     <w:rsid w:val="004423B8"/>
     <w:rsid w:val="0044249E"/>
     <w:rsid w:val="00443F6E"/>
     <w:rsid w:val="0044426C"/>
     <w:rsid w:val="00444379"/>
     <w:rsid w:val="004449C5"/>
     <w:rsid w:val="004454C0"/>
     <w:rsid w:val="00445E79"/>
     <w:rsid w:val="00445EFA"/>
     <w:rsid w:val="004460C1"/>
     <w:rsid w:val="0044636A"/>
     <w:rsid w:val="004503DB"/>
     <w:rsid w:val="00450A5F"/>
     <w:rsid w:val="00450E41"/>
     <w:rsid w:val="0045204F"/>
     <w:rsid w:val="00452997"/>
     <w:rsid w:val="00454494"/>
     <w:rsid w:val="00455764"/>
     <w:rsid w:val="00455B8E"/>
     <w:rsid w:val="00455C84"/>
     <w:rsid w:val="004573DE"/>
     <w:rsid w:val="004578C8"/>
     <w:rsid w:val="004579A0"/>
     <w:rsid w:val="00457B75"/>
@@ -15459,50 +15298,51 @@
     <w:rsid w:val="004C7D9B"/>
     <w:rsid w:val="004D0F0A"/>
     <w:rsid w:val="004D13CD"/>
     <w:rsid w:val="004D158D"/>
     <w:rsid w:val="004D15E7"/>
     <w:rsid w:val="004D1C06"/>
     <w:rsid w:val="004D2251"/>
     <w:rsid w:val="004D2F2E"/>
     <w:rsid w:val="004D4666"/>
     <w:rsid w:val="004D471E"/>
     <w:rsid w:val="004D52C6"/>
     <w:rsid w:val="004D5914"/>
     <w:rsid w:val="004D5B07"/>
     <w:rsid w:val="004D730F"/>
     <w:rsid w:val="004D73DA"/>
     <w:rsid w:val="004D7922"/>
     <w:rsid w:val="004E0A9F"/>
     <w:rsid w:val="004E1486"/>
     <w:rsid w:val="004E1806"/>
     <w:rsid w:val="004E18F4"/>
     <w:rsid w:val="004E1B74"/>
     <w:rsid w:val="004E22A8"/>
     <w:rsid w:val="004E2BFB"/>
     <w:rsid w:val="004E3837"/>
     <w:rsid w:val="004E3A74"/>
+    <w:rsid w:val="004E4FCD"/>
     <w:rsid w:val="004E5725"/>
     <w:rsid w:val="004E59D3"/>
     <w:rsid w:val="004E611E"/>
     <w:rsid w:val="004E6420"/>
     <w:rsid w:val="004E65EA"/>
     <w:rsid w:val="004E7A42"/>
     <w:rsid w:val="004F040C"/>
     <w:rsid w:val="004F05A4"/>
     <w:rsid w:val="004F0F50"/>
     <w:rsid w:val="004F383D"/>
     <w:rsid w:val="004F415B"/>
     <w:rsid w:val="004F4A56"/>
     <w:rsid w:val="004F4E7D"/>
     <w:rsid w:val="004F51D3"/>
     <w:rsid w:val="004F5F15"/>
     <w:rsid w:val="004F6A12"/>
     <w:rsid w:val="004F701A"/>
     <w:rsid w:val="005009B6"/>
     <w:rsid w:val="00500FC3"/>
     <w:rsid w:val="00501854"/>
     <w:rsid w:val="00501A33"/>
     <w:rsid w:val="00502542"/>
     <w:rsid w:val="005036A1"/>
     <w:rsid w:val="00503D3B"/>
     <w:rsid w:val="005045FB"/>
@@ -15748,50 +15588,51 @@
     <w:rsid w:val="0061566C"/>
     <w:rsid w:val="006157DB"/>
     <w:rsid w:val="00616486"/>
     <w:rsid w:val="00616D97"/>
     <w:rsid w:val="00617D2F"/>
     <w:rsid w:val="006202DA"/>
     <w:rsid w:val="00620ABE"/>
     <w:rsid w:val="00620D8C"/>
     <w:rsid w:val="00621838"/>
     <w:rsid w:val="00621862"/>
     <w:rsid w:val="00622274"/>
     <w:rsid w:val="00622395"/>
     <w:rsid w:val="00622C43"/>
     <w:rsid w:val="006237BA"/>
     <w:rsid w:val="00624D31"/>
     <w:rsid w:val="00624DE7"/>
     <w:rsid w:val="00624F2C"/>
     <w:rsid w:val="00625D7C"/>
     <w:rsid w:val="00626A28"/>
     <w:rsid w:val="00626D9E"/>
     <w:rsid w:val="0062728B"/>
     <w:rsid w:val="0062771B"/>
     <w:rsid w:val="00627AA3"/>
     <w:rsid w:val="006308E0"/>
     <w:rsid w:val="006311CF"/>
+    <w:rsid w:val="00632A90"/>
     <w:rsid w:val="00632F22"/>
     <w:rsid w:val="00633C84"/>
     <w:rsid w:val="00635069"/>
     <w:rsid w:val="006355B0"/>
     <w:rsid w:val="00635904"/>
     <w:rsid w:val="00635D0D"/>
     <w:rsid w:val="00636480"/>
     <w:rsid w:val="006364C0"/>
     <w:rsid w:val="0063693C"/>
     <w:rsid w:val="00640449"/>
     <w:rsid w:val="00640584"/>
     <w:rsid w:val="0064171C"/>
     <w:rsid w:val="00641891"/>
     <w:rsid w:val="006419E9"/>
     <w:rsid w:val="0064234D"/>
     <w:rsid w:val="00642686"/>
     <w:rsid w:val="006428E4"/>
     <w:rsid w:val="00643256"/>
     <w:rsid w:val="00643466"/>
     <w:rsid w:val="006437DD"/>
     <w:rsid w:val="00643808"/>
     <w:rsid w:val="006451D0"/>
     <w:rsid w:val="006459A8"/>
     <w:rsid w:val="00645A0A"/>
     <w:rsid w:val="00645F82"/>
@@ -16714,50 +16555,51 @@
     <w:rsid w:val="00AA646B"/>
     <w:rsid w:val="00AA76FC"/>
     <w:rsid w:val="00AB00F1"/>
     <w:rsid w:val="00AB037B"/>
     <w:rsid w:val="00AB1E08"/>
     <w:rsid w:val="00AB34F2"/>
     <w:rsid w:val="00AB3CD4"/>
     <w:rsid w:val="00AB468C"/>
     <w:rsid w:val="00AB56D1"/>
     <w:rsid w:val="00AB56D7"/>
     <w:rsid w:val="00AB63E4"/>
     <w:rsid w:val="00AB63E5"/>
     <w:rsid w:val="00AB6413"/>
     <w:rsid w:val="00AB7C5F"/>
     <w:rsid w:val="00AC00BA"/>
     <w:rsid w:val="00AC01E1"/>
     <w:rsid w:val="00AC0B15"/>
     <w:rsid w:val="00AC34A8"/>
     <w:rsid w:val="00AC439A"/>
     <w:rsid w:val="00AC4647"/>
     <w:rsid w:val="00AC479C"/>
     <w:rsid w:val="00AC4CA6"/>
     <w:rsid w:val="00AC525F"/>
     <w:rsid w:val="00AC5762"/>
     <w:rsid w:val="00AC57C6"/>
+    <w:rsid w:val="00AC5BD8"/>
     <w:rsid w:val="00AC699A"/>
     <w:rsid w:val="00AC6A04"/>
     <w:rsid w:val="00AC6BDD"/>
     <w:rsid w:val="00AC7A65"/>
     <w:rsid w:val="00AC7A7E"/>
     <w:rsid w:val="00AC7B5E"/>
     <w:rsid w:val="00AD0C4B"/>
     <w:rsid w:val="00AD1EDA"/>
     <w:rsid w:val="00AD3688"/>
     <w:rsid w:val="00AD3F02"/>
     <w:rsid w:val="00AD5268"/>
     <w:rsid w:val="00AD5564"/>
     <w:rsid w:val="00AD586E"/>
     <w:rsid w:val="00AD5F47"/>
     <w:rsid w:val="00AD6621"/>
     <w:rsid w:val="00AD66CC"/>
     <w:rsid w:val="00AD7748"/>
     <w:rsid w:val="00AD7A45"/>
     <w:rsid w:val="00AD7AED"/>
     <w:rsid w:val="00AD7EC1"/>
     <w:rsid w:val="00AE017E"/>
     <w:rsid w:val="00AE0951"/>
     <w:rsid w:val="00AE1DE9"/>
     <w:rsid w:val="00AE1E42"/>
     <w:rsid w:val="00AE1E5E"/>
@@ -16883,50 +16725,51 @@
     <w:rsid w:val="00B75F69"/>
     <w:rsid w:val="00B776EC"/>
     <w:rsid w:val="00B8085E"/>
     <w:rsid w:val="00B80A89"/>
     <w:rsid w:val="00B81A3E"/>
     <w:rsid w:val="00B82388"/>
     <w:rsid w:val="00B82E33"/>
     <w:rsid w:val="00B84263"/>
     <w:rsid w:val="00B860E3"/>
     <w:rsid w:val="00B860EC"/>
     <w:rsid w:val="00B8623F"/>
     <w:rsid w:val="00B8636A"/>
     <w:rsid w:val="00B8701B"/>
     <w:rsid w:val="00B8721C"/>
     <w:rsid w:val="00B87417"/>
     <w:rsid w:val="00B879B4"/>
     <w:rsid w:val="00B87AB3"/>
     <w:rsid w:val="00B905B9"/>
     <w:rsid w:val="00B90C36"/>
     <w:rsid w:val="00B90DD1"/>
     <w:rsid w:val="00B92483"/>
     <w:rsid w:val="00B926DF"/>
     <w:rsid w:val="00B92801"/>
     <w:rsid w:val="00B93B5E"/>
     <w:rsid w:val="00B93EC1"/>
+    <w:rsid w:val="00B94AB7"/>
     <w:rsid w:val="00B95A16"/>
     <w:rsid w:val="00B97353"/>
     <w:rsid w:val="00B97972"/>
     <w:rsid w:val="00B97F93"/>
     <w:rsid w:val="00BA0182"/>
     <w:rsid w:val="00BA0D46"/>
     <w:rsid w:val="00BA13EE"/>
     <w:rsid w:val="00BA1482"/>
     <w:rsid w:val="00BA179B"/>
     <w:rsid w:val="00BA1946"/>
     <w:rsid w:val="00BA2D5B"/>
     <w:rsid w:val="00BA3333"/>
     <w:rsid w:val="00BA35AC"/>
     <w:rsid w:val="00BA41BB"/>
     <w:rsid w:val="00BA4978"/>
     <w:rsid w:val="00BA54BD"/>
     <w:rsid w:val="00BA65E6"/>
     <w:rsid w:val="00BA6C3B"/>
     <w:rsid w:val="00BA7358"/>
     <w:rsid w:val="00BA7E9D"/>
     <w:rsid w:val="00BB0C46"/>
     <w:rsid w:val="00BB1F61"/>
     <w:rsid w:val="00BB353C"/>
     <w:rsid w:val="00BB383E"/>
     <w:rsid w:val="00BB3D20"/>
@@ -17006,50 +16849,51 @@
     <w:rsid w:val="00C026E6"/>
     <w:rsid w:val="00C03731"/>
     <w:rsid w:val="00C03E6D"/>
     <w:rsid w:val="00C0417A"/>
     <w:rsid w:val="00C04427"/>
     <w:rsid w:val="00C04B06"/>
     <w:rsid w:val="00C058EE"/>
     <w:rsid w:val="00C05AE4"/>
     <w:rsid w:val="00C05D84"/>
     <w:rsid w:val="00C05F74"/>
     <w:rsid w:val="00C05F9F"/>
     <w:rsid w:val="00C06457"/>
     <w:rsid w:val="00C06807"/>
     <w:rsid w:val="00C070FD"/>
     <w:rsid w:val="00C072C0"/>
     <w:rsid w:val="00C07742"/>
     <w:rsid w:val="00C10149"/>
     <w:rsid w:val="00C112A9"/>
     <w:rsid w:val="00C12028"/>
     <w:rsid w:val="00C123E4"/>
     <w:rsid w:val="00C1261D"/>
     <w:rsid w:val="00C12BC9"/>
     <w:rsid w:val="00C12CBD"/>
     <w:rsid w:val="00C13830"/>
     <w:rsid w:val="00C14913"/>
+    <w:rsid w:val="00C15121"/>
     <w:rsid w:val="00C1517B"/>
     <w:rsid w:val="00C169D6"/>
     <w:rsid w:val="00C16DB5"/>
     <w:rsid w:val="00C172F3"/>
     <w:rsid w:val="00C174FD"/>
     <w:rsid w:val="00C177C1"/>
     <w:rsid w:val="00C179FF"/>
     <w:rsid w:val="00C20AC8"/>
     <w:rsid w:val="00C20C35"/>
     <w:rsid w:val="00C210DA"/>
     <w:rsid w:val="00C2165B"/>
     <w:rsid w:val="00C219F1"/>
     <w:rsid w:val="00C225D5"/>
     <w:rsid w:val="00C227CE"/>
     <w:rsid w:val="00C228A1"/>
     <w:rsid w:val="00C231CA"/>
     <w:rsid w:val="00C24110"/>
     <w:rsid w:val="00C254C7"/>
     <w:rsid w:val="00C25A9A"/>
     <w:rsid w:val="00C26075"/>
     <w:rsid w:val="00C268B8"/>
     <w:rsid w:val="00C26E3C"/>
     <w:rsid w:val="00C27216"/>
     <w:rsid w:val="00C27436"/>
     <w:rsid w:val="00C30F9E"/>
@@ -17084,50 +16928,51 @@
     <w:rsid w:val="00C519BC"/>
     <w:rsid w:val="00C51F47"/>
     <w:rsid w:val="00C527D4"/>
     <w:rsid w:val="00C54025"/>
     <w:rsid w:val="00C54483"/>
     <w:rsid w:val="00C54DC0"/>
     <w:rsid w:val="00C557A0"/>
     <w:rsid w:val="00C55B29"/>
     <w:rsid w:val="00C5672B"/>
     <w:rsid w:val="00C60AC6"/>
     <w:rsid w:val="00C61761"/>
     <w:rsid w:val="00C617E9"/>
     <w:rsid w:val="00C619A1"/>
     <w:rsid w:val="00C619A8"/>
     <w:rsid w:val="00C61B7E"/>
     <w:rsid w:val="00C63594"/>
     <w:rsid w:val="00C635A1"/>
     <w:rsid w:val="00C63BE5"/>
     <w:rsid w:val="00C642FF"/>
     <w:rsid w:val="00C64562"/>
     <w:rsid w:val="00C65177"/>
     <w:rsid w:val="00C65566"/>
     <w:rsid w:val="00C65A8A"/>
     <w:rsid w:val="00C66755"/>
     <w:rsid w:val="00C66E6E"/>
+    <w:rsid w:val="00C66E7E"/>
     <w:rsid w:val="00C67089"/>
     <w:rsid w:val="00C67656"/>
     <w:rsid w:val="00C67CBC"/>
     <w:rsid w:val="00C67F89"/>
     <w:rsid w:val="00C7015A"/>
     <w:rsid w:val="00C7220C"/>
     <w:rsid w:val="00C7244B"/>
     <w:rsid w:val="00C7245F"/>
     <w:rsid w:val="00C7318E"/>
     <w:rsid w:val="00C7322D"/>
     <w:rsid w:val="00C73690"/>
     <w:rsid w:val="00C739F0"/>
     <w:rsid w:val="00C744FD"/>
     <w:rsid w:val="00C7596E"/>
     <w:rsid w:val="00C76121"/>
     <w:rsid w:val="00C76C1C"/>
     <w:rsid w:val="00C76E3E"/>
     <w:rsid w:val="00C76E64"/>
     <w:rsid w:val="00C7705F"/>
     <w:rsid w:val="00C7726F"/>
     <w:rsid w:val="00C778A2"/>
     <w:rsid w:val="00C77A7C"/>
     <w:rsid w:val="00C77CEF"/>
     <w:rsid w:val="00C807EF"/>
     <w:rsid w:val="00C8365B"/>
@@ -17499,50 +17344,51 @@
     <w:rsid w:val="00E32AC4"/>
     <w:rsid w:val="00E33ED8"/>
     <w:rsid w:val="00E33F0F"/>
     <w:rsid w:val="00E360AD"/>
     <w:rsid w:val="00E368CE"/>
     <w:rsid w:val="00E368D9"/>
     <w:rsid w:val="00E3763A"/>
     <w:rsid w:val="00E37848"/>
     <w:rsid w:val="00E37AB0"/>
     <w:rsid w:val="00E41126"/>
     <w:rsid w:val="00E42951"/>
     <w:rsid w:val="00E43164"/>
     <w:rsid w:val="00E43927"/>
     <w:rsid w:val="00E45579"/>
     <w:rsid w:val="00E45EC5"/>
     <w:rsid w:val="00E46148"/>
     <w:rsid w:val="00E467AA"/>
     <w:rsid w:val="00E47FD5"/>
     <w:rsid w:val="00E50B68"/>
     <w:rsid w:val="00E50E2A"/>
     <w:rsid w:val="00E5106A"/>
     <w:rsid w:val="00E511CD"/>
     <w:rsid w:val="00E5172F"/>
     <w:rsid w:val="00E52248"/>
     <w:rsid w:val="00E52BDB"/>
+    <w:rsid w:val="00E52CE7"/>
     <w:rsid w:val="00E52D1F"/>
     <w:rsid w:val="00E52DB6"/>
     <w:rsid w:val="00E531F0"/>
     <w:rsid w:val="00E54A79"/>
     <w:rsid w:val="00E54CC1"/>
     <w:rsid w:val="00E55D4D"/>
     <w:rsid w:val="00E56B18"/>
     <w:rsid w:val="00E56C9C"/>
     <w:rsid w:val="00E5734E"/>
     <w:rsid w:val="00E57810"/>
     <w:rsid w:val="00E57A55"/>
     <w:rsid w:val="00E57EEA"/>
     <w:rsid w:val="00E57EF8"/>
     <w:rsid w:val="00E62BE6"/>
     <w:rsid w:val="00E6366E"/>
     <w:rsid w:val="00E637D5"/>
     <w:rsid w:val="00E64B12"/>
     <w:rsid w:val="00E64D31"/>
     <w:rsid w:val="00E64FB3"/>
     <w:rsid w:val="00E65776"/>
     <w:rsid w:val="00E65888"/>
     <w:rsid w:val="00E66AD4"/>
     <w:rsid w:val="00E66E75"/>
     <w:rsid w:val="00E67FD6"/>
     <w:rsid w:val="00E72E06"/>
@@ -17903,1130 +17749,829 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="53E5775D"/>
+  <w14:docId w14:val="51D3D28C"/>
+  <w15:docId w15:val="{815B2328-957D-4DA8-AC44-6DB0C30AB83C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cordia New" w:eastAsia="Cordia New" w:hAnsi="Cordia New" w:cs="Angsana New"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...134 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000379F3"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="340" w:hanging="340"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tms Rmn" w:eastAsia="Times New Roman" w:hAnsi="Tms Rmn"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tms Rmn" w:eastAsia="Times New Roman" w:hAnsi="Tms Rmn"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="50"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002C11AC"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Cordia New"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="33"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
     <w:pPr>
       <w:ind w:firstLine="1440"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Browallia New" w:hAnsi="Browallia New" w:cs="Browallia New"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00ED006B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Cordia New"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000960E6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Cordia New"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000960E6"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:rsid w:val="000960E6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Cordia New"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-[...1 lines deleted...]
-    <w:link w:val="a7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E115FE"/>
     <w:rPr>
       <w:rFonts w:cs="Cordia New"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00167A34"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
-[...1 lines deleted...]
-    <w:link w:val="ac"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
     <w:rsid w:val="00167A34"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
     <w:rsid w:val="007527A7"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...1 lines deleted...]
-    <w:link w:val="3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:link w:val="BodyTextIndent3"/>
     <w:rsid w:val="007527A7"/>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTML">
+  <w:style w:type="character" w:styleId="HTMLTypewriter">
     <w:name w:val="HTML Typewriter"/>
     <w:rsid w:val="002C11AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002C11AC"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="1797"/>
       <w:contextualSpacing/>
       <w:jc w:val="thaiDistribute"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="style2">
     <w:name w:val="style2"/>
     <w:rsid w:val="002C11AC"/>
   </w:style>
-  <w:style w:type="character" w:styleId="af">
+  <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="002C11AC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="50">
-[...1 lines deleted...]
-    <w:link w:val="5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:link w:val="Heading5"/>
     <w:semiHidden/>
     <w:rsid w:val="002C11AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Cordia New"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="33"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
+  <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="22"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
     <w:rsid w:val="00B80A89"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="35"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
-[...1 lines deleted...]
-    <w:link w:val="21"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:link w:val="BodyText2"/>
     <w:rsid w:val="00B80A89"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="35"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="af1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00D85487"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tms Rmn" w:eastAsia="Times New Roman" w:hAnsi="Tms Rmn"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
-[...2 lines deleted...]
-    <w:link w:val="af0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:rsid w:val="00D85487"/>
     <w:rPr>
       <w:rFonts w:ascii="Tms Rmn" w:eastAsia="Times New Roman" w:hAnsi="Tms Rmn"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00867DCB"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Browallia New" w:eastAsia="Times New Roman" w:hAnsi="Browallia New" w:cs="Browallia New"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...2 lines deleted...]
-    <w:link w:val="1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00D55C53"/>
     <w:rPr>
       <w:rFonts w:ascii="Tms Rmn" w:eastAsia="Times New Roman" w:hAnsi="Tms Rmn"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...2 lines deleted...]
-    <w:link w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:rsid w:val="00D55C53"/>
     <w:rPr>
       <w:rFonts w:ascii="Tms Rmn" w:eastAsia="Times New Roman" w:hAnsi="Tms Rmn"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
     <w:rsid w:val="00D55C53"/>
     <w:rPr>
       <w:rFonts w:ascii="Browallia New" w:hAnsi="Browallia New" w:cs="Browallia New"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:rsid w:val="00D55C53"/>
     <w:rPr>
       <w:rFonts w:cs="Cordia New"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
-[...539 lines deleted...]
-    <w:link w:val="aa"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:rsid w:val="00D55C53"/>
     <w:rPr>
       <w:rFonts w:cs="Cordia New"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="206917277">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="264926389">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19213,55 +18758,55 @@
           <w:divsChild>
             <w:div w:id="631860166">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19514,85 +19059,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{621E9B79-DA45-4ACF-BE59-932169B5E8BE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFFB43F3-89BB-4B0F-951A-938B60D634A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>13585</Characters>
+  <Pages>7</Pages>
+  <Words>2392</Words>
+  <Characters>13636</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>113</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ชื่อเรื่อง</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maejo University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15937</CharactersWithSpaces>
+  <CharactersWithSpaces>15997</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>